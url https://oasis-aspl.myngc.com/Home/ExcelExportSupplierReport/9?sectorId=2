--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b9a2797daf477a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c07192494bb42fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5e3bd57aff294468"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rbd1fecfdb18c4a1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e3bd57aff294468" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbd1fecfdb18c4a1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">