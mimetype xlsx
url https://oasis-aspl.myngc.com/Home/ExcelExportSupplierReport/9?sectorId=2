--- v1 (2025-11-30)
+++ v2 (2026-01-18)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c07192494bb42fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a78d2eb53404c93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rbd1fecfdb18c4a1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9e4c285f343944eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbd1fecfdb18c4a1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9e4c285f343944eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">