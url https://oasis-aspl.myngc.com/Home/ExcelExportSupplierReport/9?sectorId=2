--- v2 (2026-01-18)
+++ v3 (2026-03-04)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a78d2eb53404c93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R725ddb8f81fc4f9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9e4c285f343944eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rdc1ae345d12a48c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9e4c285f343944eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdc1ae345d12a48c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -137,51 +137,51 @@
       <x:c r="B2" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C2" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v/>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J2" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>AMS 2728</x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>Heat Treatment of Wrought Copper Beryllium Alloy Parts</x:v>
       </x:c>
       <x:c r="P2" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R2" t="str">
         <x:v/>
       </x:c>
       <x:c r="S2" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
@@ -232,51 +232,51 @@
       <x:c r="B3" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E3" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v/>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J3" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="P3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
       <x:c r="S3" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
@@ -327,51 +327,51 @@
       <x:c r="B4" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v/>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="P4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
@@ -422,51 +422,51 @@
       <x:c r="B5" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v/>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v>AMS 2759/11</x:v>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>Stress relief of steel parts</x:v>
       </x:c>
       <x:c r="P5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
       <x:c r="S5" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
@@ -517,51 +517,51 @@
       <x:c r="B6" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C6" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D6" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E6" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v/>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v>AMS 2759/2</x:v>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&gt; 220ksi</x:v>
       </x:c>
       <x:c r="P6" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R6" t="str">
         <x:v/>
       </x:c>
       <x:c r="S6" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
@@ -612,51 +612,51 @@
       <x:c r="B7" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C7" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D7" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E7" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F7" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v/>
       </x:c>
       <x:c r="I7" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v>AMS 2759/3</x:v>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>Heat Treatment Precipitation-Hardening CRES and Maraging Steel Parts</x:v>
       </x:c>
       <x:c r="P7" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R7" t="str">
         <x:v/>
       </x:c>
       <x:c r="S7" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
@@ -707,51 +707,51 @@
       <x:c r="B8" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C8" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D8" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E8" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F8" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v/>
       </x:c>
       <x:c r="I8" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v>AMS 2759/4</x:v>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>Heat Treatment Austenitic Corrosion-Resistant Steel Parts</x:v>
       </x:c>
       <x:c r="P8" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R8" t="str">
         <x:v/>
       </x:c>
       <x:c r="S8" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
@@ -802,51 +802,51 @@
       <x:c r="B9" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C9" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D9" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E9" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F9" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v/>
       </x:c>
       <x:c r="I9" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v>AMS 2759/7</x:v>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>Carburizing and Heat Treatment of Carburizing Grade Steel Parts</x:v>
       </x:c>
       <x:c r="P9" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R9" t="str">
         <x:v/>
       </x:c>
       <x:c r="S9" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
@@ -897,51 +897,51 @@
       <x:c r="B10" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C10" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D10" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E10" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F10" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H10" t="str">
         <x:v/>
       </x:c>
       <x:c r="I10" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="N10" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="P10" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R10" t="str">
         <x:v/>
       </x:c>
       <x:c r="S10" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
@@ -992,51 +992,51 @@
       <x:c r="B11" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C11" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D11" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E11" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F11" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H11" t="str">
         <x:v/>
       </x:c>
       <x:c r="I11" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v>AMS 2774</x:v>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>Heat Treatment Nickel Alloy and Cobalt Alloy Parts </x:v>
       </x:c>
       <x:c r="P11" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R11" t="str">
         <x:v/>
       </x:c>
       <x:c r="S11" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
@@ -1087,51 +1087,51 @@
       <x:c r="B12" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C12" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D12" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E12" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F12" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H12" t="str">
         <x:v/>
       </x:c>
       <x:c r="I12" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v>AMS 5659</x:v>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>Steel, Corrosion-Resistant, Bars, Wire, Forgings, Rings, and Extrusions</x:v>
       </x:c>
       <x:c r="P12" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R12" t="str">
         <x:v/>
       </x:c>
       <x:c r="S12" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
@@ -1182,51 +1182,51 @@
       <x:c r="B13" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C13" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D13" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E13" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F13" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H13" t="str">
         <x:v/>
       </x:c>
       <x:c r="I13" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v>AMS-H-6875 supersedes Mil-H-6875.</x:v>
       </x:c>
       <x:c r="N13" t="str">
         <x:v>AMS-H-6875</x:v>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="P13" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R13" t="str">
         <x:v/>
       </x:c>
       <x:c r="S13" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
@@ -1277,51 +1277,51 @@
       <x:c r="B14" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C14" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D14" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E14" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F14" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H14" t="str">
         <x:v/>
       </x:c>
       <x:c r="I14" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v>AMS-H-7199</x:v>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>Heat Treatment of Wrought Copper-Beryllium Alloys</x:v>
       </x:c>
       <x:c r="P14" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R14" t="str">
         <x:v/>
       </x:c>
       <x:c r="S14" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
@@ -1372,51 +1372,51 @@
       <x:c r="B15" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C15" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D15" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E15" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F15" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H15" t="str">
         <x:v/>
       </x:c>
       <x:c r="I15" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v>For AS sector required for F35 program only</x:v>
       </x:c>
       <x:c r="N15" t="str">
         <x:v>ASTM E18</x:v>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>Standard Test Methods for Rockwell Hardness of Metallic Materials.
 Required for F35 program only</x:v>
       </x:c>
       <x:c r="P15" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="R15" t="str">
         <x:v/>
       </x:c>
       <x:c r="S15" t="str">
         <x:v>Materials Testing</x:v>
@@ -1468,51 +1468,51 @@
       <x:c r="B16" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C16" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D16" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E16" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F16" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H16" t="str">
         <x:v/>
       </x:c>
       <x:c r="I16" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v>C-52</x:v>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>Cleaning Prior to Heat Treat Carbon  Low Alloy Steels</x:v>
       </x:c>
       <x:c r="P16" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R16" t="str">
         <x:v/>
       </x:c>
       <x:c r="S16" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
@@ -1563,51 +1563,51 @@
       <x:c r="B17" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C17" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D17" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E17" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F17" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G17" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H17" t="str">
         <x:v/>
       </x:c>
       <x:c r="I17" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v>GSS 5100</x:v>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>Heat Treatment of Low Alloy Steel</x:v>
       </x:c>
       <x:c r="P17" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R17" t="str">
         <x:v/>
       </x:c>
       <x:c r="S17" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
@@ -1658,51 +1658,51 @@
       <x:c r="B18" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C18" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D18" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E18" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F18" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G18" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H18" t="str">
         <x:v/>
       </x:c>
       <x:c r="I18" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v>GSS 5102</x:v>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>Heat Treatment of Wrought Precipitation Hardenable Stainless Steel.
 See Supplier for Custom 465</x:v>
       </x:c>
       <x:c r="P18" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R18" t="str">
         <x:v/>
       </x:c>
       <x:c r="S18" t="str">
         <x:v>Heat Treat</x:v>
@@ -1754,51 +1754,51 @@
       <x:c r="B19" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C19" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D19" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E19" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F19" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G19" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H19" t="str">
         <x:v/>
       </x:c>
       <x:c r="I19" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v>H-110</x:v>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>Heat Treatment of Precipitation Hardening CRES Parts</x:v>
       </x:c>
       <x:c r="P19" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R19" t="str">
         <x:v/>
       </x:c>
       <x:c r="S19" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
@@ -1849,51 +1849,51 @@
       <x:c r="B20" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C20" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D20" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E20" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F20" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G20" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H20" t="str">
         <x:v/>
       </x:c>
       <x:c r="I20" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v>HT-15</x:v>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>Heat Treatment of Alloy Steels , Over 260,000 psi</x:v>
       </x:c>
       <x:c r="P20" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R20" t="str">
         <x:v/>
       </x:c>
       <x:c r="S20" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
@@ -1944,51 +1944,51 @@
       <x:c r="B21" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="C21" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="D21" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="E21" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F21" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="G21" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="H21" t="str">
         <x:v/>
       </x:c>
       <x:c r="I21" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v>HT-21</x:v>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>Heat Treatment of Carbon and Alloy Steels up to 200,000 psi</x:v>
       </x:c>
       <x:c r="P21" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R21" t="str">
         <x:v/>
       </x:c>
       <x:c r="S21" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>