--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dd55058cd8d452d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6aafe3a9d51440c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rca44b1230f7d448f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R3c751dc5cfc84594"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rca44b1230f7d448f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3c751dc5cfc84594" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -108,28 +108,788 @@
       <x:c r="Y1" t="str">
         <x:v>IsActiveSupplier</x:v>
       </x:c>
       <x:c r="Z1" t="str">
         <x:v>CountryId</x:v>
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>NadcapApproved</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
+    <x:row r="2">
+      <x:c r="A2" t="str">
+        <x:v>90041621</x:v>
+      </x:c>
+      <x:c r="B2" t="str">
+        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
+      </x:c>
+      <x:c r="C2" t="str">
+        <x:v>1221 WEST STRUCK AVENUE</x:v>
+      </x:c>
+      <x:c r="D2" t="str">
+        <x:v>ORANGE</x:v>
+      </x:c>
+      <x:c r="E2" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F2" t="str">
+        <x:v>92867</x:v>
+      </x:c>
+      <x:c r="G2" t="str">
+        <x:v>3106457300</x:v>
+      </x:c>
+      <x:c r="H2" t="str">
+        <x:v>310-645-3598</x:v>
+      </x:c>
+      <x:c r="I2" t="str">
+        <x:v>9/9/2008</x:v>
+      </x:c>
+      <x:c r="J2" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K2" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L2" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M2" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N2" t="str">
+        <x:v>AMS 2759</x:v>
+      </x:c>
+      <x:c r="O2" t="str">
+        <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
+      </x:c>
+      <x:c r="P2" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="R2" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S2" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="T2" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U2" t="n">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="V2" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="W2" t="n">
+        <x:v>25323</x:v>
+      </x:c>
+      <x:c r="X2" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y2" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z2" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA2" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB2" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC2" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD2" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE2" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF2" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3">
+      <x:c r="A3" t="str">
+        <x:v>90041621</x:v>
+      </x:c>
+      <x:c r="B3" t="str">
+        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
+      </x:c>
+      <x:c r="C3" t="str">
+        <x:v>1221 WEST STRUCK AVENUE</x:v>
+      </x:c>
+      <x:c r="D3" t="str">
+        <x:v>ORANGE</x:v>
+      </x:c>
+      <x:c r="E3" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F3" t="str">
+        <x:v>92867</x:v>
+      </x:c>
+      <x:c r="G3" t="str">
+        <x:v>3106457300</x:v>
+      </x:c>
+      <x:c r="H3" t="str">
+        <x:v>310-645-3598</x:v>
+      </x:c>
+      <x:c r="I3" t="str">
+        <x:v>9/9/2008</x:v>
+      </x:c>
+      <x:c r="J3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N3" t="str">
+        <x:v>AMS 2759/3</x:v>
+      </x:c>
+      <x:c r="O3" t="str">
+        <x:v>Heat Treatment Precipitation-Hardening CRES and Maraging Steel Parts</x:v>
+      </x:c>
+      <x:c r="P3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="R3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S3" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="T3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U3" t="n">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="V3" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="W3" t="n">
+        <x:v>25324</x:v>
+      </x:c>
+      <x:c r="X3" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y3" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z3" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA3" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB3" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC3" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD3" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE3" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF3" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4">
+      <x:c r="A4" t="str">
+        <x:v>90041621</x:v>
+      </x:c>
+      <x:c r="B4" t="str">
+        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
+      </x:c>
+      <x:c r="C4" t="str">
+        <x:v>1221 WEST STRUCK AVENUE</x:v>
+      </x:c>
+      <x:c r="D4" t="str">
+        <x:v>ORANGE</x:v>
+      </x:c>
+      <x:c r="E4" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F4" t="str">
+        <x:v>92867</x:v>
+      </x:c>
+      <x:c r="G4" t="str">
+        <x:v>3106457300</x:v>
+      </x:c>
+      <x:c r="H4" t="str">
+        <x:v>310-645-3598</x:v>
+      </x:c>
+      <x:c r="I4" t="str">
+        <x:v>9/9/2008</x:v>
+      </x:c>
+      <x:c r="J4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N4" t="str">
+        <x:v>AMS 2759/4</x:v>
+      </x:c>
+      <x:c r="O4" t="str">
+        <x:v>Heat Treatment Austenitic Corrosion-Resistant Steel Parts</x:v>
+      </x:c>
+      <x:c r="P4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="R4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S4" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="T4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U4" t="n">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="V4" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="W4" t="n">
+        <x:v>25325</x:v>
+      </x:c>
+      <x:c r="X4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z4" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA4" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB4" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF4" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5">
+      <x:c r="A5" t="str">
+        <x:v>90041621</x:v>
+      </x:c>
+      <x:c r="B5" t="str">
+        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
+      </x:c>
+      <x:c r="C5" t="str">
+        <x:v>1221 WEST STRUCK AVENUE</x:v>
+      </x:c>
+      <x:c r="D5" t="str">
+        <x:v>ORANGE</x:v>
+      </x:c>
+      <x:c r="E5" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F5" t="str">
+        <x:v>92867</x:v>
+      </x:c>
+      <x:c r="G5" t="str">
+        <x:v>3106457300</x:v>
+      </x:c>
+      <x:c r="H5" t="str">
+        <x:v>310-645-3598</x:v>
+      </x:c>
+      <x:c r="I5" t="str">
+        <x:v>9/9/2008</x:v>
+      </x:c>
+      <x:c r="J5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M5" t="str">
+        <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
+      </x:c>
+      <x:c r="N5" t="str">
+        <x:v>AMS 2761</x:v>
+      </x:c>
+      <x:c r="O5" t="str">
+        <x:v>Heat Treatment of Steel Raw Materials</x:v>
+      </x:c>
+      <x:c r="P5" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="R5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S5" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="T5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U5" t="n">
+        <x:v>4206</x:v>
+      </x:c>
+      <x:c r="V5" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="W5" t="n">
+        <x:v>30511</x:v>
+      </x:c>
+      <x:c r="X5" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y5" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z5" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA5" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB5" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC5" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD5" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE5" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF5" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6">
+      <x:c r="A6" t="str">
+        <x:v>90041621</x:v>
+      </x:c>
+      <x:c r="B6" t="str">
+        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
+      </x:c>
+      <x:c r="C6" t="str">
+        <x:v>1221 WEST STRUCK AVENUE</x:v>
+      </x:c>
+      <x:c r="D6" t="str">
+        <x:v>ORANGE</x:v>
+      </x:c>
+      <x:c r="E6" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F6" t="str">
+        <x:v>92867</x:v>
+      </x:c>
+      <x:c r="G6" t="str">
+        <x:v>3106457300</x:v>
+      </x:c>
+      <x:c r="H6" t="str">
+        <x:v>310-645-3598</x:v>
+      </x:c>
+      <x:c r="I6" t="str">
+        <x:v>9/9/2008</x:v>
+      </x:c>
+      <x:c r="J6" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K6" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L6" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M6" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N6" t="str">
+        <x:v>AMS 2774</x:v>
+      </x:c>
+      <x:c r="O6" t="str">
+        <x:v>Heat Treatment Nickel Alloy and Cobalt Alloy Parts </x:v>
+      </x:c>
+      <x:c r="P6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="R6" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S6" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="T6" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U6" t="n">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="V6" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="W6" t="n">
+        <x:v>25326</x:v>
+      </x:c>
+      <x:c r="X6" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y6" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z6" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA6" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB6" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC6" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF6" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7">
+      <x:c r="A7" t="str">
+        <x:v>90041621</x:v>
+      </x:c>
+      <x:c r="B7" t="str">
+        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
+      </x:c>
+      <x:c r="C7" t="str">
+        <x:v>1221 WEST STRUCK AVENUE</x:v>
+      </x:c>
+      <x:c r="D7" t="str">
+        <x:v>ORANGE</x:v>
+      </x:c>
+      <x:c r="E7" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F7" t="str">
+        <x:v>92867</x:v>
+      </x:c>
+      <x:c r="G7" t="str">
+        <x:v>3106457300</x:v>
+      </x:c>
+      <x:c r="H7" t="str">
+        <x:v>310-645-3598</x:v>
+      </x:c>
+      <x:c r="I7" t="str">
+        <x:v>9/9/2008</x:v>
+      </x:c>
+      <x:c r="J7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N7" t="str">
+        <x:v>AMS 2801</x:v>
+      </x:c>
+      <x:c r="O7" t="str">
+        <x:v>Heat Treatment of Titanium Alloy Parts</x:v>
+      </x:c>
+      <x:c r="P7" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="R7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S7" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="T7" t="str">
+        <x:v>Limited to stress relief only.</x:v>
+      </x:c>
+      <x:c r="U7" t="n">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="V7" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="W7" t="n">
+        <x:v>24492</x:v>
+      </x:c>
+      <x:c r="X7" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y7" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z7" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA7" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB7" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC7" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD7" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE7" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF7" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8">
+      <x:c r="A8" t="str">
+        <x:v>90041621</x:v>
+      </x:c>
+      <x:c r="B8" t="str">
+        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
+      </x:c>
+      <x:c r="C8" t="str">
+        <x:v>1221 WEST STRUCK AVENUE</x:v>
+      </x:c>
+      <x:c r="D8" t="str">
+        <x:v>ORANGE</x:v>
+      </x:c>
+      <x:c r="E8" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F8" t="str">
+        <x:v>92867</x:v>
+      </x:c>
+      <x:c r="G8" t="str">
+        <x:v>3106457300</x:v>
+      </x:c>
+      <x:c r="H8" t="str">
+        <x:v>310-645-3598</x:v>
+      </x:c>
+      <x:c r="I8" t="str">
+        <x:v>9/9/2008</x:v>
+      </x:c>
+      <x:c r="J8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N8" t="str">
+        <x:v>AMS-H-81200</x:v>
+      </x:c>
+      <x:c r="O8" t="str">
+        <x:v>Heat Treatment of Titanium and Titanium Alloys</x:v>
+      </x:c>
+      <x:c r="P8" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="R8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S8" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="T8" t="str">
+        <x:v>Vacuum Heat Treating only</x:v>
+      </x:c>
+      <x:c r="U8" t="n">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="V8" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="W8" t="n">
+        <x:v>25327</x:v>
+      </x:c>
+      <x:c r="X8" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y8" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z8" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA8" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB8" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC8" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD8" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE8" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF8" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9">
+      <x:c r="A9" t="str">
+        <x:v>90041621</x:v>
+      </x:c>
+      <x:c r="B9" t="str">
+        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
+      </x:c>
+      <x:c r="C9" t="str">
+        <x:v>1221 WEST STRUCK AVENUE</x:v>
+      </x:c>
+      <x:c r="D9" t="str">
+        <x:v>ORANGE</x:v>
+      </x:c>
+      <x:c r="E9" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F9" t="str">
+        <x:v>92867</x:v>
+      </x:c>
+      <x:c r="G9" t="str">
+        <x:v>3106457300</x:v>
+      </x:c>
+      <x:c r="H9" t="str">
+        <x:v>310-645-3598</x:v>
+      </x:c>
+      <x:c r="I9" t="str">
+        <x:v>9/9/2008</x:v>
+      </x:c>
+      <x:c r="J9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N9" t="str">
+        <x:v>AWS C3.6</x:v>
+      </x:c>
+      <x:c r="O9" t="str">
+        <x:v>Specification for Furnace Brazing</x:v>
+      </x:c>
+      <x:c r="P9" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="R9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S9" t="str">
+        <x:v>Welding</x:v>
+      </x:c>
+      <x:c r="T9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U9" t="n">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="V9" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="W9" t="n">
+        <x:v>25328</x:v>
+      </x:c>
+      <x:c r="X9" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y9" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z9" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA9" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB9" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC9" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD9" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE9" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF9" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>