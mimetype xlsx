--- v1 (2025-12-27)
+++ v2 (2026-02-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6aafe3a9d51440c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7985405a446449c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R3c751dc5cfc84594"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R3c84811bd4e04217"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3c751dc5cfc84594" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3c84811bd4e04217" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">