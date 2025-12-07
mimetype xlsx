--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bfb93ea0aba461b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1461d214dfc34f23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R32782eeefc254851"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re5d6401aa5974992"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R32782eeefc254851" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re5d6401aa5974992" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1595,51 +1595,51 @@
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v>AWS D17.2</x:v>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>Resistance Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="P17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R17" t="str">
         <x:v/>
       </x:c>
       <x:c r="S17" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="T17" t="str">
-        <x:v/>
+        <x:v>Magnification for macro examination  per RCI BR 460930</x:v>
       </x:c>
       <x:c r="U17" t="n">
         <x:v>561</x:v>
       </x:c>
       <x:c r="V17" t="n">
         <x:v>85</x:v>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>10330</x:v>
       </x:c>
       <x:c r="X17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>US</x:v>
       </x:c>