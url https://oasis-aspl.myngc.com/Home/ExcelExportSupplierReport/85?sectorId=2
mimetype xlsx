--- v1 (2025-12-07)
+++ v2 (2026-03-10)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1461d214dfc34f23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R594aebee309f42af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re5d6401aa5974992"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9709e8d302cf4821"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re5d6401aa5974992" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9709e8d302cf4821" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">