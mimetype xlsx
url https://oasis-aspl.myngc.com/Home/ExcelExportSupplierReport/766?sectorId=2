--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7149887e93d64f18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ecbeea7689d43ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R790782ddeb9846bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf564d472aa5742d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R790782ddeb9846bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf564d472aa5742d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -395,28 +395,123 @@
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
+    <x:row r="5">
+      <x:c r="A5" t="str">
+        <x:v>90057898</x:v>
+      </x:c>
+      <x:c r="B5" t="str">
+        <x:v>ULTRA TECH AEROSPACE INC                          </x:v>
+      </x:c>
+      <x:c r="C5" t="str">
+        <x:v>3000 POWER DR                       </x:v>
+      </x:c>
+      <x:c r="D5" t="str">
+        <x:v>KANSAS CITY                         </x:v>
+      </x:c>
+      <x:c r="E5" t="str">
+        <x:v>KS </x:v>
+      </x:c>
+      <x:c r="F5" t="str">
+        <x:v>66106                               </x:v>
+      </x:c>
+      <x:c r="G5" t="str">
+        <x:v>913-671-2963 </x:v>
+      </x:c>
+      <x:c r="H5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="I5" t="str">
+        <x:v>5/28/2015</x:v>
+      </x:c>
+      <x:c r="J5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N5" t="str">
+        <x:v>GSS 6202</x:v>
+      </x:c>
+      <x:c r="O5" t="str">
+        <x:v>Fusion Welding of Ferrous and Non-Ferrous Alloy Ground Support Equipment</x:v>
+      </x:c>
+      <x:c r="P5" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="R5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S5" t="str">
+        <x:v>Welding</x:v>
+      </x:c>
+      <x:c r="T5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U5" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="V5" t="n">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="W5" t="n">
+        <x:v>30455</x:v>
+      </x:c>
+      <x:c r="X5" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y5" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z5" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA5" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB5" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC5" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD5" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE5" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF5" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>