--- v1 (2025-12-02)
+++ v2 (2026-01-31)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ecbeea7689d43ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde3320176ebb4374" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf564d472aa5742d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rd7518bd308bf4155"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf564d472aa5742d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd7518bd308bf4155" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">