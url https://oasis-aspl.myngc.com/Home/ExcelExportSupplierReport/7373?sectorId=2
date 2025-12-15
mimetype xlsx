--- v0 (2025-10-20)
+++ v1 (2025-12-15)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R823bdd052b97475c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46de19f3b0f64926" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R28b46fe0b6094375"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb4c7b5acc1084fe8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R28b46fe0b6094375" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb4c7b5acc1084fe8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -173,51 +173,51 @@
       <x:c r="N2" t="str">
         <x:v>AMS 2772</x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>Heat Treatment of Aluminum Alloy Raw Materials</x:v>
       </x:c>
       <x:c r="P2" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R2" t="str">
         <x:v/>
       </x:c>
       <x:c r="S2" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v/>
       </x:c>
       <x:c r="U2" t="n">
         <x:v>426</x:v>
       </x:c>
       <x:c r="V2" t="n">
         <x:v>7373</x:v>
       </x:c>
       <x:c r="W2" t="n">
-        <x:v>29237</x:v>
+        <x:v>30498</x:v>
       </x:c>
       <x:c r="X2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -268,51 +268,51 @@
       <x:c r="N3" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="P3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
       <x:c r="S3" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="V3" t="n">
         <x:v>7373</x:v>
       </x:c>
       <x:c r="W3" t="n">
-        <x:v>25599</x:v>
+        <x:v>30499</x:v>
       </x:c>
       <x:c r="X3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>