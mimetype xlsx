--- v1 (2025-12-15)
+++ v2 (2026-02-06)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46de19f3b0f64926" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcde75924f950420e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb4c7b5acc1084fe8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb5ced32bac6f46f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb4c7b5acc1084fe8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb5ced32bac6f46f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">