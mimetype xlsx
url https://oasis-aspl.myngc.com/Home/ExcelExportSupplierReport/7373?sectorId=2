--- v2 (2026-02-06)
+++ v3 (2026-03-27)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcde75924f950420e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd3770297b3a4b46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb5ced32bac6f46f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R4b5dba01645a4e20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb5ced32bac6f46f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4b5dba01645a4e20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">