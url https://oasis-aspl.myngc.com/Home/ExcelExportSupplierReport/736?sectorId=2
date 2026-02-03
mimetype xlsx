--- v0 (2025-12-07)
+++ v1 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2407a9003fa349e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc830ac0f78184828" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rd5db31add346411b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rffc208dedbc74d44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd5db31add346411b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rffc208dedbc74d44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,66 +113,66 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>NadcapApproved</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
@@ -208,66 +208,66 @@
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v/>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v>ACS-PRS-1151</x:v>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>Welding of Tubular Joints</x:v>
       </x:c>
@@ -303,66 +303,66 @@
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v/>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v>ACS-PRS-2004</x:v>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>Structural Adhesive Bonding with Epoxy Paste Adhesive</x:v>
       </x:c>
@@ -398,66 +398,66 @@
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v/>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v>ACS-PRS-2151</x:v>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>Process Specification for Sealing, Integral Fuel Tank and Fuel Cell Cavity</x:v>
       </x:c>
@@ -493,66 +493,66 @@
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v/>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v>ACS-PRS-2204 </x:v>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>Cleaning and surface preparation of titanium and titanium alloys</x:v>
       </x:c>
@@ -588,66 +588,66 @@
       </x:c>
       <x:c r="AA6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J7" t="str">
         <x:v/>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v>ACS-PRS-4504</x:v>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>Assembly of Threaded and Welded Fittings.
 *NOTE* ASPL approval is not required for assembly of Class A Threaded Connections. Qualification and ASPL approval is required for Class B Welded Connections. </x:v>
@@ -684,66 +684,66 @@
       </x:c>
       <x:c r="AA7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J8" t="str">
         <x:v/>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v>ACS-PRS-5001</x:v>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>Curing Procedures for Composite Laminates and Sandwich Assemblies</x:v>
       </x:c>
@@ -779,66 +779,66 @@
       </x:c>
       <x:c r="AA8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v/>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v>ACS-PRS-5012</x:v>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>Process Specification for Wet Layup of Composite Laminates and Foam Sandwich Structures</x:v>
       </x:c>
@@ -874,66 +874,66 @@
       </x:c>
       <x:c r="AA9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H10" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J10" t="str">
         <x:v/>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v>ACS-PRS-5012.04</x:v>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>PROCESS SPECIFICATION FOR WET LAYUP OF CARBON FABRIC  FIBERGLASS FABRIC OR COPPER MESH ON CURED COMPOSITE SURFACES</x:v>
       </x:c>
@@ -971,66 +971,66 @@
       </x:c>
       <x:c r="AA10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H11" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I11" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J11" t="str">
         <x:v/>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v>ACS-PRS-5017</x:v>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>Process Specification Fabrication of Out-of-Autoclave, 350°F Cure, Epoxy Laminates</x:v>
       </x:c>
@@ -1066,66 +1066,66 @@
       </x:c>
       <x:c r="AA11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H12" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J12" t="str">
         <x:v/>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v>ACS-PRS-5018</x:v>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>Process Specification for Fabrication of Pi Joint Composite Structures Utilizing 350°F Curing Out-of-Autoclave Materials</x:v>
       </x:c>
@@ -1161,66 +1161,66 @@
       </x:c>
       <x:c r="AA12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H13" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I13" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J13" t="str">
         <x:v/>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v>ACS-PRS-5018.02  </x:v>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>Process Specification For Fabrication Of Current Carrying PI Joint Structures For Lightning Arc Mitigation</x:v>
       </x:c>
@@ -1256,66 +1256,66 @@
       </x:c>
       <x:c r="AA13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H14" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I14" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J14" t="str">
         <x:v/>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v>ACS-PRS-5020</x:v>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>Specification for Out-of-Autoclave Fiber Placed Carbon Epoxy Laminates, Fabrication and Acceptance of</x:v>
       </x:c>
@@ -1351,66 +1351,66 @@
       </x:c>
       <x:c r="AA14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H15" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I15" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J15" t="str">
         <x:v/>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v>ACS-PRS-5053</x:v>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>Machining of Nonmetallic Honeycomb Details</x:v>
       </x:c>
@@ -1446,66 +1446,66 @@
       </x:c>
       <x:c r="AA15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H16" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J16" t="str">
         <x:v/>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v>ACS-PRS-5065</x:v>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>Process Specification for Fabrication Of 350°F Curing Out-Of-Autoclave Epoxy Composite Structure, Bonded, Cocured, Or Cobonded</x:v>
       </x:c>
@@ -1541,66 +1541,66 @@
       </x:c>
       <x:c r="AA16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H17" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J17" t="str">
         <x:v/>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v>ACS-PRS-5065.02</x:v>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>Installing Inserts, Hardpoints, and Edge Filler in Composite Sandwich Structure</x:v>
       </x:c>
@@ -1636,66 +1636,66 @@
       </x:c>
       <x:c r="AA17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H18" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I18" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J18" t="str">
         <x:v/>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v>ACS-PRS-6002.01</x:v>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>Process Specification for Contamination Free Hole Preparation, Drilling, Machining and Trimming of Composites and Composite/Metallic Structures</x:v>
       </x:c>
@@ -1731,66 +1731,66 @@
       </x:c>
       <x:c r="AA18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H19" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I19" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J19" t="str">
         <x:v/>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v>ACS-PRS-7001</x:v>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>Ultrasonic Inspection of Composites and Bonded Assemblies</x:v>
       </x:c>
@@ -1826,66 +1826,66 @@
       </x:c>
       <x:c r="AA19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H20" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I20" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J20" t="str">
         <x:v/>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v>ACS-PRS-7003</x:v>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>Eddy Current Inspection for Defects</x:v>
       </x:c>
@@ -1921,66 +1921,66 @@
       </x:c>
       <x:c r="AA20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H21" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I21" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J21" t="str">
         <x:v/>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v>ACS-PRS-7005</x:v>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>Penetrant Inspection</x:v>
       </x:c>
@@ -2016,66 +2016,66 @@
       </x:c>
       <x:c r="AA21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB21" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E22" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G22" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H22" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I22" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J22" t="str">
         <x:v/>
       </x:c>
       <x:c r="K22" t="str">
         <x:v/>
       </x:c>
       <x:c r="L22" t="str">
         <x:v/>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
         <x:v>ACS-PRS-7101 </x:v>
       </x:c>
       <x:c r="O22" t="str">
         <x:v>Non-Destructive Inspection of Composite Structures</x:v>
       </x:c>
@@ -2111,66 +2111,66 @@
       </x:c>
       <x:c r="AA22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB22" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E23" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H23" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I23" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J23" t="str">
         <x:v/>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="O23" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
@@ -2206,66 +2206,66 @@
       </x:c>
       <x:c r="AA23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF23" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E24" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H24" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I24" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J24" t="str">
         <x:v/>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
         <x:v>ACS-PRS-8002.01</x:v>
       </x:c>
       <x:c r="O24" t="str">
         <x:v>Process Specification for Area Requirements for Adhesive Bonding and Composite Fabrication of PI, Green Tie and Splice Joint Primary Structures (Controlled Bonding Area)</x:v>
       </x:c>
@@ -2301,66 +2301,66 @@
       </x:c>
       <x:c r="AA24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF24" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E25" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H25" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I25" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J25" t="str">
         <x:v/>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
         <x:v>AMS 2770</x:v>
       </x:c>
       <x:c r="O25" t="str">
         <x:v>Heat Treatment of  Wrought Aluminum Alloy Parts</x:v>
       </x:c>
@@ -2396,66 +2396,66 @@
       </x:c>
       <x:c r="AA25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF25" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E26" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G26" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H26" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I26" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J26" t="str">
         <x:v/>
       </x:c>
       <x:c r="K26" t="str">
         <x:v/>
       </x:c>
       <x:c r="L26" t="str">
         <x:v/>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
         <x:v>AMS 2801</x:v>
       </x:c>
       <x:c r="O26" t="str">
         <x:v>Heat Treatment of Titanium Alloy Parts</x:v>
       </x:c>
@@ -2491,66 +2491,66 @@
       </x:c>
       <x:c r="AA26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H27" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I27" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J27" t="str">
         <x:v/>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
@@ -2586,66 +2586,66 @@
       </x:c>
       <x:c r="AA27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="str">
         <x:v>90053043</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="D28" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="E28" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="G28" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="H28" t="str">
         <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="I28" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J28" t="str">
         <x:v/>
       </x:c>
       <x:c r="K28" t="str">
         <x:v/>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="O28" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>