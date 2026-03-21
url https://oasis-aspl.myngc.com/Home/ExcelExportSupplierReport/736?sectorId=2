--- v1 (2026-02-03)
+++ v2 (2026-03-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc830ac0f78184828" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48f64db415564262" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rffc208dedbc74d44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Radb4457126244aae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rffc208dedbc74d44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Radb4457126244aae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">