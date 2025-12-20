--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc944651f6e064fce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc111da338784127" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R73b3e3efa5694d96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf03152dc20e941e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R73b3e3efa5694d96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf03152dc20e941e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -449,51 +449,51 @@
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
       <x:c r="S5" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T5" t="str">
-        <x:v/>
+        <x:v>Etch procedure approved per RCI 451471.Deoxidizer procedure approved per RCI 451762.</x:v>
       </x:c>
       <x:c r="U5" t="n">
         <x:v>2883</x:v>
       </x:c>
       <x:c r="V5" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>12618</x:v>
       </x:c>
       <x:c r="X5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>
       </x:c>
@@ -814,75 +814,75 @@
       <x:c r="F9" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v/>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
-        <x:v>ACS-PRS-8002</x:v>
+        <x:v>AMS 2486</x:v>
       </x:c>
       <x:c r="O9" t="str">
-        <x:v>Area Requirements for Composite Fabrication</x:v>
+        <x:v>Conversion Coating of Titanium Alloys Fluoride-Phosphate Type</x:v>
       </x:c>
       <x:c r="P9" t="n">
-        <x:v>5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="R9" t="str">
         <x:v/>
       </x:c>
       <x:c r="S9" t="str">
-        <x:v>Composites</x:v>
+        <x:v>Finishes/Coatings</x:v>
       </x:c>
       <x:c r="T9" t="str">
-        <x:v>Limited to paint booth area requirements</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U9" t="n">
-        <x:v>529</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="V9" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W9" t="n">
-        <x:v>775</x:v>
+        <x:v>28659</x:v>
       </x:c>
       <x:c r="X9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -909,75 +909,75 @@
       <x:c r="F10" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H10" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J10" t="str">
         <x:v/>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
-        <x:v>AMS 2486</x:v>
+        <x:v>AMS 2488</x:v>
       </x:c>
       <x:c r="O10" t="str">
-        <x:v>Conversion Coating of Titanium Alloys Fluoride-Phosphate Type</x:v>
+        <x:v>Anodic Coating</x:v>
       </x:c>
       <x:c r="P10" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R10" t="str">
         <x:v/>
       </x:c>
       <x:c r="S10" t="str">
-        <x:v>Finishes/Coatings</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="n">
-        <x:v>541</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="V10" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W10" t="n">
-        <x:v>28659</x:v>
+        <x:v>25002</x:v>
       </x:c>
       <x:c r="X10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1001,78 +1001,79 @@
       <x:c r="E11" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F11" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H11" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I11" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J11" t="str">
         <x:v/>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
-        <x:v/>
+        <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
+</x:v>
       </x:c>
       <x:c r="N11" t="str">
-        <x:v>AMS 2488</x:v>
+        <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="O11" t="str">
-        <x:v>Anodic Coating</x:v>
+        <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="P11" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R11" t="str">
         <x:v/>
       </x:c>
       <x:c r="S11" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T11" t="str">
-        <x:v/>
+        <x:v>Limited to Types 2, 6, 7, 8</x:v>
       </x:c>
       <x:c r="U11" t="n">
-        <x:v>564</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="V11" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W11" t="n">
-        <x:v>25002</x:v>
+        <x:v>24453</x:v>
       </x:c>
       <x:c r="X11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1096,79 +1097,78 @@
       <x:c r="E12" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F12" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H12" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J12" t="str">
         <x:v/>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
-        <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N12" t="str">
-        <x:v>AMS 2700</x:v>
+        <x:v>ASTM B117</x:v>
       </x:c>
       <x:c r="O12" t="str">
-        <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
+        <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
       </x:c>
       <x:c r="P12" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R12" t="str">
         <x:v/>
       </x:c>
       <x:c r="S12" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T12" t="str">
-        <x:v>Limited to Types 2, 6, 7, 8</x:v>
+        <x:v>In-house testing only</x:v>
       </x:c>
       <x:c r="U12" t="n">
-        <x:v>500</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="V12" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W12" t="n">
-        <x:v>24453</x:v>
+        <x:v>2150</x:v>
       </x:c>
       <x:c r="X12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1195,75 +1195,75 @@
       <x:c r="F13" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H13" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I13" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J13" t="str">
         <x:v/>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
-        <x:v>ASTM A380</x:v>
+        <x:v>ASTM B600</x:v>
       </x:c>
       <x:c r="O13" t="str">
-        <x:v>Cleaning, Descaling, and Passivation of Stainless Steel</x:v>
+        <x:v>Descaling  Cleaning Titanium and Titanium Alloy Surfaces</x:v>
       </x:c>
       <x:c r="P13" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R13" t="str">
         <x:v/>
       </x:c>
       <x:c r="S13" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="n">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="V13" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W13" t="n">
-        <x:v>287</x:v>
+        <x:v>25635</x:v>
       </x:c>
       <x:c r="X13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1290,75 +1290,75 @@
       <x:c r="F14" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H14" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I14" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J14" t="str">
         <x:v/>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
-        <x:v>ASTM B117</x:v>
+        <x:v>ASTM B912</x:v>
       </x:c>
       <x:c r="O14" t="str">
-        <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
+        <x:v>Standard Spec for Passivation of Stainless Steels Using Electropolishing</x:v>
       </x:c>
       <x:c r="P14" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R14" t="str">
         <x:v/>
       </x:c>
       <x:c r="S14" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T14" t="str">
-        <x:v>In-house testing only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U14" t="n">
-        <x:v>321</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="V14" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W14" t="n">
-        <x:v>2150</x:v>
+        <x:v>25014</x:v>
       </x:c>
       <x:c r="X14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1382,78 +1382,78 @@
       <x:c r="E15" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F15" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H15" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I15" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J15" t="str">
         <x:v/>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
-        <x:v/>
+        <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="N15" t="str">
-        <x:v>ASTM B600</x:v>
+        <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="O15" t="str">
-        <x:v>Descaling  Cleaning Titanium and Titanium Alloy Surfaces</x:v>
+        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="P15" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R15" t="str">
         <x:v/>
       </x:c>
       <x:c r="S15" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="n">
-        <x:v>568</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="V15" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W15" t="n">
-        <x:v>25635</x:v>
+        <x:v>24452</x:v>
       </x:c>
       <x:c r="X15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1477,78 +1477,78 @@
       <x:c r="E16" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F16" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H16" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J16" t="str">
         <x:v/>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
-        <x:v/>
+        <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="N16" t="str">
-        <x:v>ASTM B912</x:v>
+        <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="O16" t="str">
-        <x:v>Standard Spec for Passivation of Stainless Steels Using Electropolishing</x:v>
+        <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="P16" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R16" t="str">
         <x:v/>
       </x:c>
       <x:c r="S16" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="n">
-        <x:v>677</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="V16" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W16" t="n">
-        <x:v>25014</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="X16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1572,78 +1572,78 @@
       <x:c r="E17" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F17" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G17" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H17" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J17" t="str">
         <x:v/>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
-        <x:v>Title corrected 8/29/2019</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N17" t="str">
-        <x:v>ASTM E1417</x:v>
+        <x:v>F-101</x:v>
       </x:c>
       <x:c r="O17" t="str">
-        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
+        <x:v>Chemical Conversion Coating for Aluminum</x:v>
       </x:c>
       <x:c r="P17" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R17" t="str">
         <x:v/>
       </x:c>
       <x:c r="S17" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T17" t="str">
-        <x:v/>
+        <x:v>Limited approval per RCI BR115364. </x:v>
       </x:c>
       <x:c r="U17" t="n">
-        <x:v>322</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="V17" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W17" t="n">
-        <x:v>24452</x:v>
+        <x:v>12631</x:v>
       </x:c>
       <x:c r="X17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1667,78 +1667,78 @@
       <x:c r="E18" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F18" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G18" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H18" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I18" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J18" t="str">
         <x:v/>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
-        <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N18" t="str">
-        <x:v>ASTM E1444</x:v>
+        <x:v>F-102</x:v>
       </x:c>
       <x:c r="O18" t="str">
-        <x:v>Standard Practice for Magnetic Particle Testing</x:v>
+        <x:v>Sulfuric Acid Anodic Coatings for Aluminum Alloys</x:v>
       </x:c>
       <x:c r="P18" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R18" t="str">
         <x:v/>
       </x:c>
       <x:c r="S18" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T18" t="str">
-        <x:v/>
+        <x:v>Limited approval per RCI BR115365.</x:v>
       </x:c>
       <x:c r="U18" t="n">
-        <x:v>323</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="V18" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W18" t="n">
-        <x:v>266</x:v>
+        <x:v>12632</x:v>
       </x:c>
       <x:c r="X18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1765,75 +1765,76 @@
       <x:c r="F19" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G19" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H19" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I19" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J19" t="str">
         <x:v/>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
-        <x:v>F-101</x:v>
+        <x:v>F-116</x:v>
       </x:c>
       <x:c r="O19" t="str">
-        <x:v>Chemical Conversion Coating for Aluminum</x:v>
+        <x:v>Passivating CRES Alloys.
+</x:v>
       </x:c>
       <x:c r="P19" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R19" t="str">
         <x:v/>
       </x:c>
       <x:c r="S19" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T19" t="str">
-        <x:v>Limited approval per RCI BR115364. </x:v>
+        <x:v>Passivation solution per para. 3.1.1.1 only</x:v>
       </x:c>
       <x:c r="U19" t="n">
-        <x:v>57</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="V19" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W19" t="n">
-        <x:v>12631</x:v>
+        <x:v>20274</x:v>
       </x:c>
       <x:c r="X19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1860,75 +1861,75 @@
       <x:c r="F20" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G20" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H20" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I20" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J20" t="str">
         <x:v/>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
-        <x:v>F-102</x:v>
+        <x:v>F-152</x:v>
       </x:c>
       <x:c r="O20" t="str">
-        <x:v>Sulfuric Acid Anodic Coatings for Aluminum Alloys</x:v>
+        <x:v>Applying Dry Film Lubricants</x:v>
       </x:c>
       <x:c r="P20" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R20" t="str">
         <x:v/>
       </x:c>
       <x:c r="S20" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T20" t="str">
-        <x:v>Limited approval per RCI BR115365.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U20" t="n">
-        <x:v>58</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="V20" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W20" t="n">
-        <x:v>12632</x:v>
+        <x:v>29749</x:v>
       </x:c>
       <x:c r="X20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1955,76 +1956,75 @@
       <x:c r="F21" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G21" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H21" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I21" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J21" t="str">
         <x:v/>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
-        <x:v>F-116</x:v>
+        <x:v>FP-153</x:v>
       </x:c>
       <x:c r="O21" t="str">
-        <x:v>Passivating CRES Alloys.
-</x:v>
+        <x:v>Primer MIL-P-85582, Epoxy, Voc Compliant, Application of</x:v>
       </x:c>
       <x:c r="P21" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R21" t="str">
         <x:v/>
       </x:c>
       <x:c r="S21" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T21" t="str">
-        <x:v>Passivation solution per para. 3.1.1.1 only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U21" t="n">
-        <x:v>466</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="V21" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W21" t="n">
-        <x:v>20274</x:v>
+        <x:v>30323</x:v>
       </x:c>
       <x:c r="X21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB21" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2051,75 +2051,75 @@
       <x:c r="F22" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G22" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H22" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I22" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J22" t="str">
         <x:v/>
       </x:c>
       <x:c r="K22" t="str">
         <x:v/>
       </x:c>
       <x:c r="L22" t="str">
         <x:v/>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
-        <x:v>F-152</x:v>
+        <x:v>FP-28</x:v>
       </x:c>
       <x:c r="O22" t="str">
-        <x:v>Applying Dry Film Lubricants</x:v>
+        <x:v>Chemical Conversion Coatings, Colored, for Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="P22" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R22" t="str">
         <x:v/>
       </x:c>
       <x:c r="S22" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T22" t="str">
         <x:v/>
       </x:c>
       <x:c r="U22" t="n">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="V22" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W22" t="n">
-        <x:v>29749</x:v>
+        <x:v>30322</x:v>
       </x:c>
       <x:c r="X22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z22" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB22" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2146,75 +2146,75 @@
       <x:c r="F23" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G23" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H23" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I23" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J23" t="str">
         <x:v/>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
-        <x:v>FP-153</x:v>
+        <x:v>GP 17 G</x:v>
       </x:c>
       <x:c r="O23" t="str">
-        <x:v>Primer MIL-P-85582, Epoxy, Voc Compliant, Application of</x:v>
+        <x:v>Procedure, Etching prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P23" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R23" t="str">
         <x:v/>
       </x:c>
       <x:c r="S23" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v/>
       </x:c>
       <x:c r="U23" t="n">
-        <x:v>73</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="V23" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W23" t="n">
-        <x:v>30323</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="X23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z23" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2241,75 +2241,75 @@
       <x:c r="F24" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G24" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H24" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I24" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J24" t="str">
         <x:v/>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
-        <x:v>FP-28</x:v>
+        <x:v>GSS 4306</x:v>
       </x:c>
       <x:c r="O24" t="str">
-        <x:v>Chemical Conversion Coatings, Colored, for Aluminum and Aluminum Alloys</x:v>
+        <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
       </x:c>
       <x:c r="P24" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R24" t="str">
         <x:v/>
       </x:c>
       <x:c r="S24" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T24" t="str">
         <x:v/>
       </x:c>
       <x:c r="U24" t="n">
-        <x:v>77</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="V24" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W24" t="n">
-        <x:v>30322</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="X24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2336,75 +2336,75 @@
       <x:c r="F25" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G25" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H25" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I25" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J25" t="str">
         <x:v/>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
-        <x:v>GP 17 G</x:v>
+        <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="O25" t="str">
-        <x:v>Procedure, Etching prior to Penetrant Inspection</x:v>
+        <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="P25" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R25" t="str">
         <x:v/>
       </x:c>
       <x:c r="S25" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T25" t="str">
-        <x:v/>
+        <x:v>Limited to force cure per RCI BR100306</x:v>
       </x:c>
       <x:c r="U25" t="n">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="V25" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W25" t="n">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="X25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z25" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2431,75 +2431,75 @@
       <x:c r="F26" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G26" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H26" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I26" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J26" t="str">
         <x:v/>
       </x:c>
       <x:c r="K26" t="str">
         <x:v/>
       </x:c>
       <x:c r="L26" t="str">
         <x:v/>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
-        <x:v>GSS 4306</x:v>
+        <x:v>GSS 4510</x:v>
       </x:c>
       <x:c r="O26" t="str">
-        <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
+        <x:v>Coating, Polyurethane, Application of</x:v>
       </x:c>
       <x:c r="P26" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R26" t="str">
         <x:v/>
       </x:c>
       <x:c r="S26" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T26" t="str">
         <x:v/>
       </x:c>
       <x:c r="U26" t="n">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="V26" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W26" t="n">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="X26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2523,78 +2523,78 @@
       <x:c r="E27" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F27" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G27" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H27" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I27" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J27" t="str">
         <x:v/>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
-        <x:v/>
+        <x:v>GSS 7021 requires NGAS approval only when referenced in structural adhesive bonding specifications: GSS 7022  GSS 20XXX.</x:v>
       </x:c>
       <x:c r="N27" t="str">
-        <x:v>GSS 4310</x:v>
+        <x:v>GSS 7021</x:v>
       </x:c>
       <x:c r="O27" t="str">
-        <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
+        <x:v>Acid Cleaning of Ferrous Alloys</x:v>
       </x:c>
       <x:c r="P27" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R27" t="str">
         <x:v/>
       </x:c>
       <x:c r="S27" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T27" t="str">
-        <x:v>Limited to force cure per RCI BR100306</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U27" t="n">
-        <x:v>111</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="V27" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W27" t="n">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="X27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2621,75 +2621,75 @@
       <x:c r="F28" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G28" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H28" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I28" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J28" t="str">
         <x:v/>
       </x:c>
       <x:c r="K28" t="str">
         <x:v/>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
-        <x:v>GSS 4407</x:v>
+        <x:v>GT 23 A</x:v>
       </x:c>
       <x:c r="O28" t="str">
-        <x:v>Application of Lacquers: Acrylic</x:v>
+        <x:v>Fluorescent Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P28" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R28" t="str">
         <x:v/>
       </x:c>
       <x:c r="S28" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T28" t="str">
-        <x:v>Supplier is utilizing GSS 4510 as an approved substitute</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U28" t="n">
-        <x:v>112</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="V28" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W28" t="n">
-        <x:v>256</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="X28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z28" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA28" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB28" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2716,75 +2716,78 @@
       <x:c r="F29" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G29" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H29" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I29" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J29" t="str">
         <x:v/>
       </x:c>
       <x:c r="K29" t="str">
         <x:v/>
       </x:c>
       <x:c r="L29" t="str">
         <x:v/>
       </x:c>
       <x:c r="M29" t="str">
         <x:v/>
       </x:c>
       <x:c r="N29" t="str">
-        <x:v>GSS 4510</x:v>
+        <x:v>LMA-PC009</x:v>
       </x:c>
       <x:c r="O29" t="str">
-        <x:v>Coating, Polyurethane, Application of</x:v>
+        <x:v>Hardness and Conductivity Testing</x:v>
       </x:c>
       <x:c r="P29" t="n">
-        <x:v>3</x:v>
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="Q29" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="R29" t="str">
-        <x:v/>
+        <x:v>F-35</x:v>
       </x:c>
       <x:c r="S29" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Miscellaneous</x:v>
       </x:c>
       <x:c r="T29" t="str">
         <x:v/>
       </x:c>
       <x:c r="U29" t="n">
-        <x:v>114</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="V29" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W29" t="n">
-        <x:v>257</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="X29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z29" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA29" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB29" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE29" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2808,78 +2811,81 @@
       <x:c r="E30" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F30" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G30" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H30" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I30" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J30" t="str">
         <x:v/>
       </x:c>
       <x:c r="K30" t="str">
         <x:v/>
       </x:c>
       <x:c r="L30" t="str">
         <x:v/>
       </x:c>
       <x:c r="M30" t="str">
-        <x:v>GSS 7021 requires NGAS approval only when referenced in structural adhesive bonding specifications: GSS 7022  GSS 20XXX.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N30" t="str">
-        <x:v>GSS 7021</x:v>
+        <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="O30" t="str">
-        <x:v>Acid Cleaning of Ferrous Alloys</x:v>
+        <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
       <x:c r="P30" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="Q30" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="R30" t="str">
-        <x:v/>
+        <x:v>F-35</x:v>
       </x:c>
       <x:c r="S30" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T30" t="str">
-        <x:v/>
+        <x:v>The following personnel successfully completed the requalification portion: Joe Lipsey…………………………...…stamp # 6 Desmond Handley………...………….stamp # 13 This task was accomplished using procedure # SMPP # 74, LMA-PC201 Revision E, dated 07/02/2021 Processing of Critical Parts as defined by LMA-PC201 is limited to those individuals named above. Expires 07/2024.</x:v>
       </x:c>
       <x:c r="U30" t="n">
-        <x:v>116</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="V30" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W30" t="n">
-        <x:v>259</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="X30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z30" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA30" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB30" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE30" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2906,75 +2912,78 @@
       <x:c r="F31" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G31" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H31" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I31" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J31" t="str">
         <x:v/>
       </x:c>
       <x:c r="K31" t="str">
         <x:v/>
       </x:c>
       <x:c r="L31" t="str">
         <x:v/>
       </x:c>
       <x:c r="M31" t="str">
         <x:v/>
       </x:c>
       <x:c r="N31" t="str">
-        <x:v>GT 23 A</x:v>
+        <x:v>LMA-PG001</x:v>
       </x:c>
       <x:c r="O31" t="str">
-        <x:v>Fluorescent Penetrant Inspection</x:v>
+        <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P31" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="Q31" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="R31" t="str">
-        <x:v/>
+        <x:v>F-35</x:v>
       </x:c>
       <x:c r="S31" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T31" t="str">
-        <x:v/>
+        <x:v>Approved for aluminum , titanium, CRES and Nickel alloys. Approved procedures, SMPP 03-LMA1- TI, SMPP 03-LMA1-AL. SMPP 03-LMA2-PG101-PH , SMPP 03-LMA2-PG101-NI-RCI #461280</x:v>
       </x:c>
       <x:c r="U31" t="n">
-        <x:v>330</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="V31" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W31" t="n">
-        <x:v>268</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="X31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z31" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA31" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB31" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE31" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3001,78 +3010,78 @@
       <x:c r="F32" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G32" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H32" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I32" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J32" t="str">
         <x:v/>
       </x:c>
       <x:c r="K32" t="str">
         <x:v/>
       </x:c>
       <x:c r="L32" t="str">
         <x:v/>
       </x:c>
       <x:c r="M32" t="str">
         <x:v/>
       </x:c>
       <x:c r="N32" t="str">
-        <x:v>LMA-PC009</x:v>
+        <x:v>LMA-PH016</x:v>
       </x:c>
       <x:c r="O32" t="str">
-        <x:v>Hardness and Conductivity Testing</x:v>
+        <x:v>Conversion Coating of Titanium Alloys</x:v>
       </x:c>
       <x:c r="P32" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="Q32" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R32" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="S32" t="str">
-        <x:v>Miscellaneous</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T32" t="str">
-        <x:v/>
+        <x:v>Limited to using the MIL-DTL-5541 conversion process only</x:v>
       </x:c>
       <x:c r="U32" t="n">
-        <x:v>455</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="V32" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W32" t="n">
-        <x:v>220</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="X32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z32" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA32" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB32" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE32" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3099,84 +3108,78 @@
       <x:c r="F33" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G33" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H33" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I33" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J33" t="str">
         <x:v/>
       </x:c>
       <x:c r="K33" t="str">
         <x:v/>
       </x:c>
       <x:c r="L33" t="str">
         <x:v/>
       </x:c>
       <x:c r="M33" t="str">
         <x:v/>
       </x:c>
       <x:c r="N33" t="str">
-        <x:v>LMA-PC201</x:v>
+        <x:v>LMA-PJ264 </x:v>
       </x:c>
       <x:c r="O33" t="str">
-        <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
+        <x:v>Application and Control of Organic Finishes </x:v>
       </x:c>
       <x:c r="P33" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="Q33" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R33" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="S33" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T33" t="str">
-        <x:v>Facility requalification for Supplier to inspect F-35 Critical Parts as defined in LMA-PC201, was done on 07/09/2024.
-[...5 lines deleted...]
-Due Date for next facility requalification: 07-2027</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U33" t="n">
-        <x:v>453</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="V33" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W33" t="n">
-        <x:v>273</x:v>
+        <x:v>9300</x:v>
       </x:c>
       <x:c r="X33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z33" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA33" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB33" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE33" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3203,78 +3206,75 @@
       <x:c r="F34" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G34" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H34" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I34" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J34" t="str">
         <x:v/>
       </x:c>
       <x:c r="K34" t="str">
         <x:v/>
       </x:c>
       <x:c r="L34" t="str">
         <x:v/>
       </x:c>
       <x:c r="M34" t="str">
         <x:v/>
       </x:c>
       <x:c r="N34" t="str">
-        <x:v>LMA-PG001</x:v>
+        <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="O34" t="str">
-        <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
+        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="P34" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="Q34" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R34" t="str">
-        <x:v>F-35</x:v>
+        <x:v/>
       </x:c>
       <x:c r="S34" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T34" t="str">
-        <x:v>Approved for aluminum , titanium, CRES and Nickel alloys. Approved procedures, SMPP 03-LMA1- TI, SMPP 03-LMA1-AL. SMPP 03-LMA2-PG101-PH , SMPP 03-LMA2-PG101-NI</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="U34" t="n">
-        <x:v>454</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="V34" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W34" t="n">
-        <x:v>274</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="X34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z34" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA34" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB34" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE34" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3298,81 +3298,79 @@
       <x:c r="E35" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F35" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G35" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H35" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I35" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J35" t="str">
         <x:v/>
       </x:c>
       <x:c r="K35" t="str">
         <x:v/>
       </x:c>
       <x:c r="L35" t="str">
         <x:v/>
       </x:c>
       <x:c r="M35" t="str">
-        <x:v/>
+        <x:v>Replaces MIL-L-46010</x:v>
       </x:c>
       <x:c r="N35" t="str">
-        <x:v>LMA-PH016</x:v>
+        <x:v>MIL-PRF-46010</x:v>
       </x:c>
       <x:c r="O35" t="str">
-        <x:v>Conversion Coating of Titanium Alloys</x:v>
+        <x:v>Dry Film Lube
+Superseded by AS5272 for Ty I  II only</x:v>
       </x:c>
       <x:c r="P35" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="Q35" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R35" t="str">
-        <x:v>F-35</x:v>
+        <x:v/>
       </x:c>
       <x:c r="S35" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T35" t="str">
-        <x:v>Limited to using the MIL-DTL-5541 conversion process only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U35" t="n">
-        <x:v>468</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="V35" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W35" t="n">
-        <x:v>275</x:v>
+        <x:v>24455</x:v>
       </x:c>
       <x:c r="X35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z35" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA35" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB35" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE35" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3399,78 +3397,75 @@
       <x:c r="F36" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G36" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H36" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I36" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J36" t="str">
         <x:v/>
       </x:c>
       <x:c r="K36" t="str">
         <x:v/>
       </x:c>
       <x:c r="L36" t="str">
         <x:v/>
       </x:c>
       <x:c r="M36" t="str">
         <x:v/>
       </x:c>
       <x:c r="N36" t="str">
-        <x:v>LMA-PJ264 </x:v>
+        <x:v>MIL-PRF-46147</x:v>
       </x:c>
       <x:c r="O36" t="str">
-        <x:v>Application and Control of Organic Finishes </x:v>
+        <x:v>Lubricant, Solid Film, Air Cured (Corrosion Inhibiting)</x:v>
       </x:c>
       <x:c r="P36" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="Q36" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R36" t="str">
-        <x:v>F-35</x:v>
+        <x:v/>
       </x:c>
       <x:c r="S36" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T36" t="str">
         <x:v/>
       </x:c>
       <x:c r="U36" t="n">
-        <x:v>1851</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="V36" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W36" t="n">
-        <x:v>9300</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="X36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z36" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA36" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB36" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE36" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3494,78 +3489,78 @@
       <x:c r="E37" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F37" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G37" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H37" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I37" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J37" t="str">
         <x:v/>
       </x:c>
       <x:c r="K37" t="str">
         <x:v/>
       </x:c>
       <x:c r="L37" t="str">
         <x:v/>
       </x:c>
       <x:c r="M37" t="str">
-        <x:v/>
+        <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="N37" t="str">
-        <x:v>MIL-DTL-5541</x:v>
+        <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="O37" t="str">
-        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
+        <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="P37" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R37" t="str">
         <x:v/>
       </x:c>
       <x:c r="S37" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T37" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings</x:v>
       </x:c>
       <x:c r="U37" t="n">
-        <x:v>525</x:v>
+        <x:v>3942</x:v>
       </x:c>
       <x:c r="V37" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W37" t="n">
-        <x:v>24454</x:v>
+        <x:v>23635</x:v>
       </x:c>
       <x:c r="X37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z37" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA37" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB37" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE37" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3592,75 +3587,75 @@
       <x:c r="F38" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G38" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H38" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I38" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J38" t="str">
         <x:v/>
       </x:c>
       <x:c r="K38" t="str">
         <x:v/>
       </x:c>
       <x:c r="L38" t="str">
         <x:v/>
       </x:c>
       <x:c r="M38" t="str">
         <x:v/>
       </x:c>
       <x:c r="N38" t="str">
-        <x:v>MIL-F-18264</x:v>
+        <x:v>MPD 1074</x:v>
       </x:c>
       <x:c r="O38" t="str">
-        <x:v>Finishes Organic, Weapons System, Application and Control of</x:v>
+        <x:v>Cleaning of Aluminum Alloy Parts</x:v>
       </x:c>
       <x:c r="P38" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R38" t="str">
         <x:v/>
       </x:c>
       <x:c r="S38" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T38" t="str">
-        <x:v/>
+        <x:v>RCI approved for deviation of Method III-B and III-C-RCI #458725</x:v>
       </x:c>
       <x:c r="U38" t="n">
-        <x:v>137</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="V38" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W38" t="n">
-        <x:v>262</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="X38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z38" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA38" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB38" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE38" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3684,79 +3679,78 @@
       <x:c r="E39" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F39" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G39" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H39" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I39" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J39" t="str">
         <x:v/>
       </x:c>
       <x:c r="K39" t="str">
         <x:v/>
       </x:c>
       <x:c r="L39" t="str">
         <x:v/>
       </x:c>
       <x:c r="M39" t="str">
-        <x:v>Replaces MIL-L-46010</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N39" t="str">
-        <x:v>MIL-PRF-46010</x:v>
+        <x:v>MPD 1103</x:v>
       </x:c>
       <x:c r="O39" t="str">
-        <x:v>Dry Film Lube
-Superseded by AS5272 for Ty I  II only</x:v>
+        <x:v>Cleaning of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="P39" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R39" t="str">
         <x:v/>
       </x:c>
       <x:c r="S39" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T39" t="str">
-        <x:v/>
+        <x:v>Approved RC/I R420106 for alternate etch solutions</x:v>
       </x:c>
       <x:c r="U39" t="n">
-        <x:v>526</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="V39" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W39" t="n">
-        <x:v>24455</x:v>
+        <x:v>6029</x:v>
       </x:c>
       <x:c r="X39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z39" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA39" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB39" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE39" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3783,75 +3777,75 @@
       <x:c r="F40" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G40" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H40" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I40" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J40" t="str">
         <x:v/>
       </x:c>
       <x:c r="K40" t="str">
         <x:v/>
       </x:c>
       <x:c r="L40" t="str">
         <x:v/>
       </x:c>
       <x:c r="M40" t="str">
         <x:v/>
       </x:c>
       <x:c r="N40" t="str">
-        <x:v>MIL-PRF-46147</x:v>
+        <x:v>MPD 1183</x:v>
       </x:c>
       <x:c r="O40" t="str">
-        <x:v>Lubricant, Solid Film, Air Cured (Corrosion Inhibiting)</x:v>
+        <x:v>Pickling of Precipitation-Hardening Steel</x:v>
       </x:c>
       <x:c r="P40" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R40" t="str">
         <x:v/>
       </x:c>
       <x:c r="S40" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T40" t="str">
         <x:v/>
       </x:c>
       <x:c r="U40" t="n">
-        <x:v>554</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="V40" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W40" t="n">
-        <x:v>285</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="X40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z40" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA40" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB40" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE40" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3875,78 +3869,78 @@
       <x:c r="E41" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F41" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G41" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H41" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I41" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J41" t="str">
         <x:v/>
       </x:c>
       <x:c r="K41" t="str">
         <x:v/>
       </x:c>
       <x:c r="L41" t="str">
         <x:v/>
       </x:c>
       <x:c r="M41" t="str">
-        <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N41" t="str">
-        <x:v>MIL-PRF-8625</x:v>
+        <x:v>NGT23K</x:v>
       </x:c>
       <x:c r="O41" t="str">
-        <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
+        <x:v>Magnetic Particle Method of Inspection for Non-Destructive Test</x:v>
       </x:c>
       <x:c r="P41" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R41" t="str">
         <x:v/>
       </x:c>
       <x:c r="S41" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T41" t="str">
-        <x:v>5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U41" t="n">
-        <x:v>3942</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="V41" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W41" t="n">
-        <x:v>25797</x:v>
+        <x:v>2037</x:v>
       </x:c>
       <x:c r="X41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z41" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA41" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB41" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE41" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3973,75 +3967,75 @@
       <x:c r="F42" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G42" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H42" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I42" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J42" t="str">
         <x:v/>
       </x:c>
       <x:c r="K42" t="str">
         <x:v/>
       </x:c>
       <x:c r="L42" t="str">
         <x:v/>
       </x:c>
       <x:c r="M42" t="str">
         <x:v/>
       </x:c>
       <x:c r="N42" t="str">
-        <x:v>MPD 1074</x:v>
+        <x:v>T-103</x:v>
       </x:c>
       <x:c r="O42" t="str">
-        <x:v>Cleaning of Aluminum Alloy Parts</x:v>
+        <x:v>Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P42" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R42" t="str">
         <x:v/>
       </x:c>
       <x:c r="S42" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T42" t="str">
-        <x:v>RCI approved for deviation of Method III-B and III-C</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U42" t="n">
-        <x:v>553</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="V42" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W42" t="n">
-        <x:v>284</x:v>
+        <x:v>12634</x:v>
       </x:c>
       <x:c r="X42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z42" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA42" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB42" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE42" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -4068,462 +4062,82 @@
       <x:c r="F43" t="str">
         <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="G43" t="str">
         <x:v>3106391621</x:v>
       </x:c>
       <x:c r="H43" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I43" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J43" t="str">
         <x:v/>
       </x:c>
       <x:c r="K43" t="str">
         <x:v/>
       </x:c>
       <x:c r="L43" t="str">
         <x:v/>
       </x:c>
       <x:c r="M43" t="str">
         <x:v/>
       </x:c>
       <x:c r="N43" t="str">
-        <x:v>MPD 1103</x:v>
+        <x:v>T-104</x:v>
       </x:c>
       <x:c r="O43" t="str">
-        <x:v>Cleaning of Titanium and Titanium Alloys</x:v>
+        <x:v>Magnetic Particle Inspection</x:v>
       </x:c>
       <x:c r="P43" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R43" t="str">
         <x:v/>
       </x:c>
       <x:c r="S43" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T43" t="str">
-        <x:v>Approved RC/I R420106 for alternate etch solutions</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U43" t="n">
-        <x:v>143</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="V43" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W43" t="n">
-        <x:v>6029</x:v>
+        <x:v>12635</x:v>
       </x:c>
       <x:c r="X43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z43" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA43" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB43" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF43" t="str">
-        <x:v>AS</x:v>
-[...378 lines deleted...]
-      <x:c r="AF47" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>