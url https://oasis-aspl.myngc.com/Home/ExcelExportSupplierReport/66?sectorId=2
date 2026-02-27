--- v1 (2025-12-20)
+++ v2 (2026-02-27)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc111da338784127" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2edd4ab7c155497f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf03152dc20e941e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5a1687dffc1a4647"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf03152dc20e941e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5a1687dffc1a4647" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1106,57 +1106,57 @@
       <x:c r="H12" t="str">
         <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J12" t="str">
         <x:v/>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v>ASTM B117</x:v>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
       </x:c>
       <x:c r="P12" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="R12" t="str">
         <x:v/>
       </x:c>
       <x:c r="S12" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Materials Testing</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v>In-house testing only</x:v>
       </x:c>
       <x:c r="U12" t="n">
         <x:v>321</x:v>
       </x:c>
       <x:c r="V12" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>2150</x:v>
       </x:c>
       <x:c r="X12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA12" t="str">
         <x:v>United States</x:v>
       </x:c>