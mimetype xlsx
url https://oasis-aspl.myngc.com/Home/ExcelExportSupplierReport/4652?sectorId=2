--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc546bb027b564ae8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f1f8c3ef88b465c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re86ffacd2f184692"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5e046894d6cb4432"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re86ffacd2f184692" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e046894d6cb4432" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">