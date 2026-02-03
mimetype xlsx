--- v1 (2025-12-07)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f1f8c3ef88b465c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42e9edd3c97e484e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5e046894d6cb4432"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9bb0e0b3c5a2490b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e046894d6cb4432" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9bb0e0b3c5a2490b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">