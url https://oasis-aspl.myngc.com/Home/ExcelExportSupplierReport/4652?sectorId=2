--- v2 (2026-02-03)
+++ v3 (2026-03-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42e9edd3c97e484e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bd4e0a694e54a6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9bb0e0b3c5a2490b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra982dff59914461b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9bb0e0b3c5a2490b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra982dff59914461b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -146,78 +146,78 @@
       <x:c r="E2" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>93351</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>661-948-2363</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>661-948-5548</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
-        <x:v>ACS-PRS-7005 can be substituted for approved suppliers when 29259-18 is called out on the GH Engineering drawing</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N2" t="str">
-        <x:v>29259-18</x:v>
+        <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="O2" t="str">
-        <x:v>Fluorescent Penetrant Inspection</x:v>
+        <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P2" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R2" t="str">
         <x:v/>
       </x:c>
       <x:c r="S2" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T2" t="str">
-        <x:v/>
+        <x:v>Limited to etching Aluminum only. Solutions approved by RCI 454050</x:v>
       </x:c>
       <x:c r="U2" t="n">
-        <x:v>260</x:v>
+        <x:v>2883</x:v>
       </x:c>
       <x:c r="V2" t="n">
         <x:v>4652</x:v>
       </x:c>
       <x:c r="W2" t="n">
-        <x:v>29551</x:v>
+        <x:v>29548</x:v>
       </x:c>
       <x:c r="X2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -244,75 +244,75 @@
       <x:c r="F3" t="str">
         <x:v>93351</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>661-948-2363</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>661-948-5548</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v/>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
-        <x:v>ACS-PRS-1053</x:v>
+        <x:v>ACS-PRS-2151</x:v>
       </x:c>
       <x:c r="O3" t="str">
-        <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
+        <x:v>Process Specification for Sealing, Integral Fuel Tank and Fuel Cell Cavity</x:v>
       </x:c>
       <x:c r="P3" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
       <x:c r="S3" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Finishes/Coatings</x:v>
       </x:c>
       <x:c r="T3" t="str">
-        <x:v>Limited to etching Aluminum only. Solutions approved by RCI 454050</x:v>
+        <x:v>Limited to pre-measured sealant dispensing cartridges (Semkits)</x:v>
       </x:c>
       <x:c r="U3" t="n">
-        <x:v>2883</x:v>
+        <x:v>1821</x:v>
       </x:c>
       <x:c r="V3" t="n">
         <x:v>4652</x:v>
       </x:c>
       <x:c r="W3" t="n">
-        <x:v>29548</x:v>
+        <x:v>23518</x:v>
       </x:c>
       <x:c r="X3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -339,75 +339,75 @@
       <x:c r="F4" t="str">
         <x:v>93351</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>661-948-2363</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>661-948-5548</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v/>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
-        <x:v>ACS-PRS-2151</x:v>
+        <x:v>ACS-PRS-7005</x:v>
       </x:c>
       <x:c r="O4" t="str">
-        <x:v>Process Specification for Sealing, Integral Fuel Tank and Fuel Cell Cavity</x:v>
+        <x:v>Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P4" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
-        <x:v>Finishes/Coatings</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T4" t="str">
-        <x:v>Limits: Limited to Type II</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U4" t="n">
-        <x:v>1821</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="V4" t="n">
         <x:v>4652</x:v>
       </x:c>
       <x:c r="W4" t="n">
-        <x:v>23518</x:v>
+        <x:v>29547</x:v>
       </x:c>
       <x:c r="X4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -434,753 +434,82 @@
       <x:c r="F5" t="str">
         <x:v>93351</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>661-948-2363</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>661-948-5548</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v/>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
-        <x:v>ACS-PRS-7005</x:v>
+        <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="O5" t="str">
-        <x:v>Penetrant Inspection</x:v>
+        <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="P5" t="n">
-        <x:v>7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
       <x:c r="S5" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Welding</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="n">
-        <x:v>492</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="V5" t="n">
         <x:v>4652</x:v>
       </x:c>
       <x:c r="W5" t="n">
-        <x:v>29547</x:v>
+        <x:v>7120</x:v>
       </x:c>
       <x:c r="X5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="str">
-        <x:v>AS</x:v>
-[...669 lines deleted...]
-      <x:c r="AF12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>