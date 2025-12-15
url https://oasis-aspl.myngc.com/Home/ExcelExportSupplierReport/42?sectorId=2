--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15bfa8dce8c640a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8700afe7cefe4357" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6c2c306b61414f2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb1e38aa9eb1b4597"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6c2c306b61414f2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb1e38aa9eb1b4597" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">