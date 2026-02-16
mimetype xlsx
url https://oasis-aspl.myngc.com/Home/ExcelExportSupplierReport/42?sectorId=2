--- v1 (2025-12-15)
+++ v2 (2026-02-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8700afe7cefe4357" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68e8cec976c84f82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb1e38aa9eb1b4597"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rbf5498b206914e59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb1e38aa9eb1b4597" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbf5498b206914e59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,57 +113,57 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>NadcapApproved</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>90048475</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>Aero Metal Finishing</x:v>
+        <x:v>AERO METAL FINISHING</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>2150 Lark Dr</x:v>
+        <x:v>2150 N LARK DR</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>Fenton</x:v>
+        <x:v>FENTON</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>MO</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>63026-4316</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>3146771650</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>3146771034</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
@@ -209,152 +209,152 @@
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>90048475</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>Aero Metal Finishing</x:v>
+        <x:v>AERO METAL FINISHING</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>2150 Lark Dr</x:v>
+        <x:v>2150 N LARK DR</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>Fenton</x:v>
+        <x:v>FENTON</x:v>
       </x:c>
       <x:c r="E3" t="str">
         <x:v>MO</x:v>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>63026-4316</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>3146771650</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>3146771034</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v/>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v>ASTM B117</x:v>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
       </x:c>
       <x:c r="P3" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
       <x:c r="S3" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Materials Testing</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="n">
         <x:v>321</x:v>
       </x:c>
       <x:c r="V3" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="W3" t="n">
         <x:v>355</x:v>
       </x:c>
       <x:c r="X3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>90048475</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>Aero Metal Finishing</x:v>
+        <x:v>AERO METAL FINISHING</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>2150 Lark Dr</x:v>
+        <x:v>2150 N LARK DR</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>Fenton</x:v>
+        <x:v>FENTON</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>MO</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>63026-4316</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>3146771650</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>3146771034</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v/>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
@@ -399,57 +399,57 @@
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v>90048475</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>Aero Metal Finishing</x:v>
+        <x:v>AERO METAL FINISHING</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>2150 Lark Dr</x:v>
+        <x:v>2150 N LARK DR</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>Fenton</x:v>
+        <x:v>FENTON</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v>MO</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>63026-4316</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>3146771650</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>3146771034</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v/>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>