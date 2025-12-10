--- v0 (2025-10-23)
+++ v1 (2025-12-10)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra770095ff7ee4944" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf94043870cd94909" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R75e90b574ebd4380"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R2ebb090b6eb343ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R75e90b574ebd4380" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2ebb090b6eb343ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,78 +113,78 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>NadcapApproved</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>90051610</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>MAY TECHNOLOGY  MFG INC                          </x:v>
+        <x:v>MAY TECHNOLOGY  MFG INC</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>2922 WHEELING AVE                   </x:v>
+        <x:v>2922 WHEELING AVE</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>KANSAS CITY                         </x:v>
+        <x:v>KANSAS CITY</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>MO </x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>64129                               </x:v>
+        <x:v>64129</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>8169236262</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>816-923-6277</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J2" t="str">
-        <x:v/>
+        <x:v>2X572</x:v>
       </x:c>
       <x:c r="K2" t="str">
-        <x:v/>
+        <x:v>007168685</x:v>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>AWS D1.1</x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>Structural Steel Welding - Steel</x:v>
       </x:c>
       <x:c r="P2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R2" t="str">
         <x:v/>
       </x:c>
       <x:c r="S2" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v>Ground support hardware only</x:v>
       </x:c>
@@ -208,78 +208,78 @@
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>False</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>90051610</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>MAY TECHNOLOGY  MFG INC                          </x:v>
+        <x:v>MAY TECHNOLOGY  MFG INC</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>2922 WHEELING AVE                   </x:v>
+        <x:v>2922 WHEELING AVE</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>KANSAS CITY                         </x:v>
+        <x:v>KANSAS CITY</x:v>
       </x:c>
       <x:c r="E3" t="str">
         <x:v>MO </x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>64129                               </x:v>
+        <x:v>64129</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>8169236262</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>816-923-6277</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J3" t="str">
-        <x:v/>
+        <x:v>2X572</x:v>
       </x:c>
       <x:c r="K3" t="str">
-        <x:v/>
+        <x:v>007168685</x:v>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v>AWS D1.2</x:v>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>Structural Welding - Aluminum</x:v>
       </x:c>
       <x:c r="P3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
       <x:c r="S3" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v>Ground support hardware only</x:v>
       </x:c>
@@ -303,78 +303,78 @@
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>False</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>90051610</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>MAY TECHNOLOGY  MFG INC                          </x:v>
+        <x:v>MAY TECHNOLOGY  MFG INC</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>2922 WHEELING AVE                   </x:v>
+        <x:v>2922 WHEELING AVE</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>KANSAS CITY                         </x:v>
+        <x:v>KANSAS CITY</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>MO </x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>64129                               </x:v>
+        <x:v>64129</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>8169236262</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>816-923-6277</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v/>
+        <x:v>2X572</x:v>
       </x:c>
       <x:c r="K4" t="str">
-        <x:v/>
+        <x:v>007168685</x:v>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v>AWS D1.6</x:v>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>Structural Welding - Stainless Steel</x:v>
       </x:c>
       <x:c r="P4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v>Ground support hardware only</x:v>
       </x:c>
@@ -398,78 +398,78 @@
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>False</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v>90051610</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>MAY TECHNOLOGY  MFG INC                          </x:v>
+        <x:v>MAY TECHNOLOGY  MFG INC</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>2922 WHEELING AVE                   </x:v>
+        <x:v>2922 WHEELING AVE</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>KANSAS CITY                         </x:v>
+        <x:v>KANSAS CITY</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v>MO </x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>64129                               </x:v>
+        <x:v>64129</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>8169236262</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>816-923-6277</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v/>
+        <x:v>2X572</x:v>
       </x:c>
       <x:c r="K5" t="str">
-        <x:v/>
+        <x:v>007168685</x:v>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="P5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
       <x:c r="S5" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v>Ground support hardware only. Class C or lower, Alloy Groups II and IV</x:v>
       </x:c>