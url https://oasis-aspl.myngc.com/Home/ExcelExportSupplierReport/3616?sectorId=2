--- v1 (2025-12-10)
+++ v2 (2026-03-13)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf94043870cd94909" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re27a09bee75d4140" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R2ebb090b6eb343ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re85ddf55897545f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2ebb090b6eb343ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re85ddf55897545f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -149,367 +149,82 @@
       <x:c r="F2" t="str">
         <x:v>64129</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>8169236262</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>816-923-6277</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v>2X572</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v>007168685</x:v>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
-        <x:v>AWS D1.1</x:v>
+        <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="O2" t="str">
-        <x:v>Structural Steel Welding - Steel</x:v>
+        <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="P2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R2" t="str">
         <x:v/>
       </x:c>
       <x:c r="S2" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="T2" t="str">
-        <x:v>Ground support hardware only</x:v>
+        <x:v>Ground support hardware only. Class C or lower, Alloy Groups II and IV</x:v>
       </x:c>
       <x:c r="U2" t="n">
-        <x:v>585</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="V2" t="n">
         <x:v>3616</x:v>
       </x:c>
       <x:c r="W2" t="n">
-        <x:v>28781</x:v>
+        <x:v>28780</x:v>
       </x:c>
       <x:c r="X2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>False</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="str">
-        <x:v>AS</x:v>
-[...283 lines deleted...]
-      <x:c r="AF5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>