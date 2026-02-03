--- v0 (2025-12-02)
+++ v1 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9823ec71038645a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5e1de59032145d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re5a9e355c6a44ed6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb8ecf8ed72624fbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re5a9e355c6a44ed6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb8ecf8ed72624fbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -146,81 +146,78 @@
       <x:c r="E2" t="str">
         <x:v>CT</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>06096</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>(860) 289-8225</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>(860) 289-5970</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>2/5/2013</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
-        <x:v/>
+        <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="N2" t="str">
-        <x:v>LMA-PC201</x:v>
+        <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="O2" t="str">
-        <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
+        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="P2" t="n">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="Q2" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R2" t="str">
-        <x:v>F-35</x:v>
+        <x:v/>
       </x:c>
       <x:c r="S2" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T2" t="str">
-        <x:v>Type I , Method A , Sensitivity Level 3  4</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U2" t="n">
-        <x:v>453</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="V2" t="n">
         <x:v>360</x:v>
       </x:c>
       <x:c r="W2" t="n">
-        <x:v>2345</x:v>
+        <x:v>30533</x:v>
       </x:c>
       <x:c r="X2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -247,85 +244,183 @@
       <x:c r="F3" t="str">
         <x:v>06096</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>(860) 289-8225</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>(860) 289-5970</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>2/5/2013</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v/>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
-        <x:v>LMA-PG001</x:v>
+        <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="O3" t="str">
-        <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
+        <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
       <x:c r="P3" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="Q3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="S3" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T3" t="str">
-        <x:v>Limited to CRES only.  Ref. RCI R220438</x:v>
+        <x:v>Type I , Method A , Sensitivity Level 3  4</x:v>
       </x:c>
       <x:c r="U3" t="n">
-        <x:v>454</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="V3" t="n">
         <x:v>360</x:v>
       </x:c>
       <x:c r="W3" t="n">
-        <x:v>2344</x:v>
+        <x:v>2345</x:v>
       </x:c>
       <x:c r="X3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4">
+      <x:c r="A4" t="str">
+        <x:v>90069064</x:v>
+      </x:c>
+      <x:c r="B4" t="str">
+        <x:v>ELEMENT MATERIALS TECHNOLOGY , CT</x:v>
+      </x:c>
+      <x:c r="C4" t="str">
+        <x:v>80 Kimberly Dr</x:v>
+      </x:c>
+      <x:c r="D4" t="str">
+        <x:v>South Windsor</x:v>
+      </x:c>
+      <x:c r="E4" t="str">
+        <x:v>CT</x:v>
+      </x:c>
+      <x:c r="F4" t="str">
+        <x:v>06096</x:v>
+      </x:c>
+      <x:c r="G4" t="str">
+        <x:v>(860) 289-8225</x:v>
+      </x:c>
+      <x:c r="H4" t="str">
+        <x:v>(860) 289-5970</x:v>
+      </x:c>
+      <x:c r="I4" t="str">
+        <x:v>2/5/2013</x:v>
+      </x:c>
+      <x:c r="J4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N4" t="str">
+        <x:v>LMA-PG001</x:v>
+      </x:c>
+      <x:c r="O4" t="str">
+        <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
+      </x:c>
+      <x:c r="P4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="Q4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="R4" t="str">
+        <x:v>F-35</x:v>
+      </x:c>
+      <x:c r="S4" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="T4" t="str">
+        <x:v>Limited to CRES only.  Ref. RCI R220438</x:v>
+      </x:c>
+      <x:c r="U4" t="n">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="V4" t="n">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="W4" t="n">
+        <x:v>2344</x:v>
+      </x:c>
+      <x:c r="X4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z4" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA4" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB4" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>