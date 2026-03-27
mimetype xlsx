--- v1 (2026-02-03)
+++ v2 (2026-03-27)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5e1de59032145d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3553ef6df96465f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb8ecf8ed72624fbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5c3fc58f9af940f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb8ecf8ed72624fbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c3fc58f9af940f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">