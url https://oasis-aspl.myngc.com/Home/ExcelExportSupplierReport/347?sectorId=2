--- v0 (2025-10-25)
+++ v1 (2026-02-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R562c114d67894d4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R762356d5f6aa4c97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R917aab40c56b4285"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rcf7f813efbd64cf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R917aab40c56b4285" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcf7f813efbd64cf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -536,57 +536,57 @@
       <x:c r="H6" t="str">
         <x:v>(860) 570-2107</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>9/1/2010</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v/>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v>ASTM B117</x:v>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
       </x:c>
       <x:c r="P6" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="R6" t="str">
         <x:v/>
       </x:c>
       <x:c r="S6" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Materials Testing</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="n">
         <x:v>321</x:v>
       </x:c>
       <x:c r="V6" t="n">
         <x:v>347</x:v>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>9278</x:v>
       </x:c>
       <x:c r="X6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA6" t="str">
         <x:v>United States</x:v>
       </x:c>
@@ -840,51 +840,51 @@
       <x:c r="N9" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="P9" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R9" t="str">
         <x:v/>
       </x:c>
       <x:c r="S9" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v>Limited to Type I, Type IB, and Type III. 5% sodium dichromate seal is required when MIL-A-8625 is called out for anodizing on the AEW/EWS engineering drawing. Type ll, Class 1 only </x:v>
       </x:c>
       <x:c r="U9" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="V9" t="n">
         <x:v>347</x:v>
       </x:c>
       <x:c r="W9" t="n">
-        <x:v>23640</x:v>
+        <x:v>25802</x:v>
       </x:c>
       <x:c r="X9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>