--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d398e1681434c96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20e0947b266248d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5de2fdc5df6a427b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rec04518921c745a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5de2fdc5df6a427b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec04518921c745a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">