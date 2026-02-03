--- v1 (2025-11-30)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20e0947b266248d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b7e543e93d64951" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rec04518921c745a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re539a84dbda34027"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec04518921c745a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re539a84dbda34027" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,63 +113,63 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>NadcapApproved</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>90048006</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>QUALITY HEAT TREATING INC</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>3305 BURTON AVE</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>91504-3106</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
@@ -208,63 +208,63 @@
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>90048006</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>QUALITY HEAT TREATING INC</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>3305 BURTON AVE</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>91504-3106</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v/>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
@@ -303,63 +303,63 @@
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>90048006</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>QUALITY HEAT TREATING INC</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>3305 BURTON AVE</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>91504-3106</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v/>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v>AMS 2759/2</x:v>
       </x:c>
@@ -398,63 +398,63 @@
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v>90048006</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>QUALITY HEAT TREATING INC</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>3305 BURTON AVE</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>91504-3106</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v/>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v>AMS 2759/3</x:v>
       </x:c>
@@ -493,63 +493,63 @@
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str">
         <x:v>90048006</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>QUALITY HEAT TREATING INC</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>3305 BURTON AVE</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>91504-3106</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v/>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v>AMS 2759/4</x:v>
       </x:c>
@@ -588,63 +588,63 @@
       </x:c>
       <x:c r="AA6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str">
         <x:v>90048006</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>QUALITY HEAT TREATING INC</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>3305 BURTON AVE</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>91504-3106</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="J7" t="str">
         <x:v/>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v>AMS 2759/5</x:v>
       </x:c>
@@ -683,63 +683,63 @@
       </x:c>
       <x:c r="AA7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str">
         <x:v>90048006</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>QUALITY HEAT TREATING INC</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>3305 BURTON AVE</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>91504-3106</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="J8" t="str">
         <x:v/>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="N8" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
@@ -778,63 +778,63 @@
       </x:c>
       <x:c r="AA8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str">
         <x:v>90048006</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>QUALITY HEAT TREATING INC</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>3305 BURTON AVE</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>91504-3106</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v/>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v>AMS 2801</x:v>
       </x:c>
@@ -873,63 +873,63 @@
       </x:c>
       <x:c r="AA9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str">
         <x:v>90048006</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>QUALITY HEAT TREATING INC</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>3305 BURTON AVE</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>91504-3106</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="H10" t="str">
         <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="J10" t="str">
         <x:v/>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v>AMS-H-81200</x:v>
       </x:c>