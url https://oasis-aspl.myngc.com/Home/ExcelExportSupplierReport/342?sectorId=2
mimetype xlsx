--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60d4f0d5c3304790" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R299cd2a85c1d4fba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R122267b069194fcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R67a2ee1db3984d4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R122267b069194fcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R67a2ee1db3984d4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">