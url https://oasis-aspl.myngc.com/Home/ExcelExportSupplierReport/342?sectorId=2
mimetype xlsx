--- v1 (2025-11-30)
+++ v2 (2026-01-29)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R299cd2a85c1d4fba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c60e31111254ca7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R67a2ee1db3984d4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re9e8aea3a12a4ec2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R67a2ee1db3984d4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re9e8aea3a12a4ec2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -434,75 +434,75 @@
       <x:c r="F5" t="str">
         <x:v>97206                               </x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>5037773881</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>503-788-5412</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>4/22/2010</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v/>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
-        <x:v>ASTM E1742</x:v>
+        <x:v>ASTM E2033</x:v>
       </x:c>
       <x:c r="O5" t="str">
-        <x:v>Standard Practice for Radiographic Examination</x:v>
+        <x:v>Standard Practice for Radiographic Examination Using Computed Radiography (Photostimulable Luminescence Method)</x:v>
       </x:c>
       <x:c r="P5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
       <x:c r="S5" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="n">
-        <x:v>429</x:v>
+        <x:v>2894</x:v>
       </x:c>
       <x:c r="V5" t="n">
         <x:v>342</x:v>
       </x:c>
       <x:c r="W5" t="n">
-        <x:v>24836</x:v>
+        <x:v>11536</x:v>
       </x:c>
       <x:c r="X5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -529,177 +529,82 @@
       <x:c r="F6" t="str">
         <x:v>97206                               </x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>5037773881</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>503-788-5412</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>4/22/2010</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v/>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
-        <x:v>ASTM E2033</x:v>
+        <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="O6" t="str">
-        <x:v>Standard Practice for Radiographic Examination Using Computed Radiography (Photostimulable Luminescence Method)</x:v>
+        <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="P6" t="n">
-        <x:v>7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="R6" t="str">
         <x:v/>
       </x:c>
       <x:c r="S6" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Welding</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="n">
-        <x:v>2894</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="V6" t="n">
         <x:v>342</x:v>
       </x:c>
       <x:c r="W6" t="n">
-        <x:v>11536</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="X6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="str">
-        <x:v>AS</x:v>
-[...93 lines deleted...]
-      <x:c r="AF7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>