--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc959b4c8bb8f404e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77fb20125ec74236" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R67144e3aeaff4fde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1c6281d6b2d34778"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R67144e3aeaff4fde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1c6281d6b2d34778" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">