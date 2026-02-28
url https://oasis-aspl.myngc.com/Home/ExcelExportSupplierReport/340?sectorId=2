--- v1 (2025-12-15)
+++ v2 (2026-02-28)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77fb20125ec74236" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9adb8903244441f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1c6281d6b2d34778"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5893446e385f45c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1c6281d6b2d34778" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5893446e385f45c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -247,75 +247,75 @@
       <x:c r="F3" t="str">
         <x:v>90249</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>3102937275</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>310-819-4776</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>5/14/2012</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v/>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
-        <x:v>ASTM B117</x:v>
+        <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="O3" t="str">
-        <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
+        <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="P3" t="n">
-        <x:v>7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
       <x:c r="S3" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="n">
-        <x:v>321</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="V3" t="n">
         <x:v>340</x:v>
       </x:c>
       <x:c r="W3" t="n">
-        <x:v>30167</x:v>
+        <x:v>30590</x:v>
       </x:c>
       <x:c r="X3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -339,78 +339,78 @@
       <x:c r="E4" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>90249</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>3102937275</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>310-819-4776</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>5/14/2012</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v/>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
-        <x:v>Title corrected 8/29/2019</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N4" t="str">
-        <x:v>ASTM E1417</x:v>
+        <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="O4" t="str">
-        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
+        <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="P4" t="n">
-        <x:v>7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="n">
-        <x:v>322</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="V4" t="n">
         <x:v>340</x:v>
       </x:c>
       <x:c r="W4" t="n">
-        <x:v>30165</x:v>
+        <x:v>30591</x:v>
       </x:c>
       <x:c r="X4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -434,78 +434,78 @@
       <x:c r="E5" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>90249</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>3102937275</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>310-819-4776</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>5/14/2012</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v/>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
-        <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N5" t="str">
-        <x:v>ASTM E1444</x:v>
+        <x:v>AMS 2759/3</x:v>
       </x:c>
       <x:c r="O5" t="str">
-        <x:v>Standard Practice for Magnetic Particle Testing</x:v>
+        <x:v>Heat Treatment Precipitation-Hardening CRES and Maraging Steel Parts</x:v>
       </x:c>
       <x:c r="P5" t="n">
-        <x:v>7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
       <x:c r="S5" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="n">
-        <x:v>323</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="V5" t="n">
         <x:v>340</x:v>
       </x:c>
       <x:c r="W5" t="n">
-        <x:v>2332</x:v>
+        <x:v>30592</x:v>
       </x:c>
       <x:c r="X5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -529,78 +529,78 @@
       <x:c r="E6" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>90249</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>3102937275</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>310-819-4776</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>5/14/2012</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v/>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
-        <x:v/>
+        <x:v>AMS-H-6875 supersedes Mil-H-6875.</x:v>
       </x:c>
       <x:c r="N6" t="str">
-        <x:v>GSS 5100</x:v>
+        <x:v>AMS-H-6875</x:v>
       </x:c>
       <x:c r="O6" t="str">
-        <x:v>Heat Treatment of Low Alloy Steel</x:v>
+        <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="P6" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R6" t="str">
         <x:v/>
       </x:c>
       <x:c r="S6" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="n">
-        <x:v>216</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="V6" t="n">
         <x:v>340</x:v>
       </x:c>
       <x:c r="W6" t="n">
-        <x:v>2335</x:v>
+        <x:v>30593</x:v>
       </x:c>
       <x:c r="X6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -627,82 +627,558 @@
       <x:c r="F7" t="str">
         <x:v>90249</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v>3102937275</x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v>310-819-4776</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v>5/14/2012</x:v>
       </x:c>
       <x:c r="J7" t="str">
         <x:v/>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
-        <x:v>NGT23K</x:v>
+        <x:v>AMS-QQ-P-416</x:v>
       </x:c>
       <x:c r="O7" t="str">
-        <x:v>Magnetic Particle Method of Inspection for Non-Destructive Test</x:v>
+        <x:v>Plating, Cadmium (Electrodeposited).
+</x:v>
       </x:c>
       <x:c r="P7" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R7" t="str">
         <x:v/>
       </x:c>
       <x:c r="S7" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="n">
-        <x:v>550</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="V7" t="n">
         <x:v>340</x:v>
       </x:c>
       <x:c r="W7" t="n">
-        <x:v>29579</x:v>
+        <x:v>30594</x:v>
       </x:c>
       <x:c r="X7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8">
+      <x:c r="A8" t="str">
+        <x:v>90024577</x:v>
+      </x:c>
+      <x:c r="B8" t="str">
+        <x:v>SPS TECHNOLOGIES LLC</x:v>
+      </x:c>
+      <x:c r="C8" t="str">
+        <x:v>1700 W 132ND ST</x:v>
+      </x:c>
+      <x:c r="D8" t="str">
+        <x:v>GARDENA</x:v>
+      </x:c>
+      <x:c r="E8" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F8" t="str">
+        <x:v>90249</x:v>
+      </x:c>
+      <x:c r="G8" t="str">
+        <x:v>3102937275</x:v>
+      </x:c>
+      <x:c r="H8" t="str">
+        <x:v>310-819-4776</x:v>
+      </x:c>
+      <x:c r="I8" t="str">
+        <x:v>5/14/2012</x:v>
+      </x:c>
+      <x:c r="J8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N8" t="str">
+        <x:v>ASTM B117</x:v>
+      </x:c>
+      <x:c r="O8" t="str">
+        <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
+      </x:c>
+      <x:c r="P8" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="R8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S8" t="str">
+        <x:v>Materials Testing</x:v>
+      </x:c>
+      <x:c r="T8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U8" t="n">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="V8" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="W8" t="n">
+        <x:v>30167</x:v>
+      </x:c>
+      <x:c r="X8" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y8" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z8" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA8" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB8" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC8" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD8" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE8" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF8" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9">
+      <x:c r="A9" t="str">
+        <x:v>90024577</x:v>
+      </x:c>
+      <x:c r="B9" t="str">
+        <x:v>SPS TECHNOLOGIES LLC</x:v>
+      </x:c>
+      <x:c r="C9" t="str">
+        <x:v>1700 W 132ND ST</x:v>
+      </x:c>
+      <x:c r="D9" t="str">
+        <x:v>GARDENA</x:v>
+      </x:c>
+      <x:c r="E9" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F9" t="str">
+        <x:v>90249</x:v>
+      </x:c>
+      <x:c r="G9" t="str">
+        <x:v>3102937275</x:v>
+      </x:c>
+      <x:c r="H9" t="str">
+        <x:v>310-819-4776</x:v>
+      </x:c>
+      <x:c r="I9" t="str">
+        <x:v>5/14/2012</x:v>
+      </x:c>
+      <x:c r="J9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M9" t="str">
+        <x:v>Title corrected 8/29/2019</x:v>
+      </x:c>
+      <x:c r="N9" t="str">
+        <x:v>ASTM E1417</x:v>
+      </x:c>
+      <x:c r="O9" t="str">
+        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
+      </x:c>
+      <x:c r="P9" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="R9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S9" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="T9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U9" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="V9" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="W9" t="n">
+        <x:v>30165</x:v>
+      </x:c>
+      <x:c r="X9" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y9" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z9" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA9" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB9" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC9" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD9" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE9" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF9" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10">
+      <x:c r="A10" t="str">
+        <x:v>90024577</x:v>
+      </x:c>
+      <x:c r="B10" t="str">
+        <x:v>SPS TECHNOLOGIES LLC</x:v>
+      </x:c>
+      <x:c r="C10" t="str">
+        <x:v>1700 W 132ND ST</x:v>
+      </x:c>
+      <x:c r="D10" t="str">
+        <x:v>GARDENA</x:v>
+      </x:c>
+      <x:c r="E10" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F10" t="str">
+        <x:v>90249</x:v>
+      </x:c>
+      <x:c r="G10" t="str">
+        <x:v>3102937275</x:v>
+      </x:c>
+      <x:c r="H10" t="str">
+        <x:v>310-819-4776</x:v>
+      </x:c>
+      <x:c r="I10" t="str">
+        <x:v>5/14/2012</x:v>
+      </x:c>
+      <x:c r="J10" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K10" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L10" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M10" t="str">
+        <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
+      </x:c>
+      <x:c r="N10" t="str">
+        <x:v>ASTM E1444</x:v>
+      </x:c>
+      <x:c r="O10" t="str">
+        <x:v>Standard Practice for Magnetic Particle Testing</x:v>
+      </x:c>
+      <x:c r="P10" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="R10" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S10" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="T10" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U10" t="n">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="V10" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="W10" t="n">
+        <x:v>2332</x:v>
+      </x:c>
+      <x:c r="X10" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y10" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z10" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA10" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB10" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC10" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD10" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE10" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF10" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11">
+      <x:c r="A11" t="str">
+        <x:v>90024577</x:v>
+      </x:c>
+      <x:c r="B11" t="str">
+        <x:v>SPS TECHNOLOGIES LLC</x:v>
+      </x:c>
+      <x:c r="C11" t="str">
+        <x:v>1700 W 132ND ST</x:v>
+      </x:c>
+      <x:c r="D11" t="str">
+        <x:v>GARDENA</x:v>
+      </x:c>
+      <x:c r="E11" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F11" t="str">
+        <x:v>90249</x:v>
+      </x:c>
+      <x:c r="G11" t="str">
+        <x:v>3102937275</x:v>
+      </x:c>
+      <x:c r="H11" t="str">
+        <x:v>310-819-4776</x:v>
+      </x:c>
+      <x:c r="I11" t="str">
+        <x:v>5/14/2012</x:v>
+      </x:c>
+      <x:c r="J11" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K11" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L11" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M11" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N11" t="str">
+        <x:v>GSS 5100</x:v>
+      </x:c>
+      <x:c r="O11" t="str">
+        <x:v>Heat Treatment of Low Alloy Steel</x:v>
+      </x:c>
+      <x:c r="P11" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="R11" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S11" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="T11" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U11" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="V11" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="W11" t="n">
+        <x:v>2335</x:v>
+      </x:c>
+      <x:c r="X11" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y11" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z11" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA11" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB11" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC11" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD11" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE11" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF11" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12">
+      <x:c r="A12" t="str">
+        <x:v>90024577</x:v>
+      </x:c>
+      <x:c r="B12" t="str">
+        <x:v>SPS TECHNOLOGIES LLC</x:v>
+      </x:c>
+      <x:c r="C12" t="str">
+        <x:v>1700 W 132ND ST</x:v>
+      </x:c>
+      <x:c r="D12" t="str">
+        <x:v>GARDENA</x:v>
+      </x:c>
+      <x:c r="E12" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F12" t="str">
+        <x:v>90249</x:v>
+      </x:c>
+      <x:c r="G12" t="str">
+        <x:v>3102937275</x:v>
+      </x:c>
+      <x:c r="H12" t="str">
+        <x:v>310-819-4776</x:v>
+      </x:c>
+      <x:c r="I12" t="str">
+        <x:v>5/14/2012</x:v>
+      </x:c>
+      <x:c r="J12" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K12" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L12" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M12" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N12" t="str">
+        <x:v>NGT23K</x:v>
+      </x:c>
+      <x:c r="O12" t="str">
+        <x:v>Magnetic Particle Method of Inspection for Non-Destructive Test</x:v>
+      </x:c>
+      <x:c r="P12" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="R12" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S12" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="T12" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U12" t="n">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="V12" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="W12" t="n">
+        <x:v>29579</x:v>
+      </x:c>
+      <x:c r="X12" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y12" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z12" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA12" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB12" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC12" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD12" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE12" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>