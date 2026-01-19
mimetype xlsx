--- v0 (2025-10-14)
+++ v1 (2026-01-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re473a183797b4202" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aae3adee03041c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1de636ce595d4176"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R95bfa4db3c524743"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1de636ce595d4176" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R95bfa4db3c524743" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">