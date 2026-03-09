--- v1 (2026-01-19)
+++ v2 (2026-03-09)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aae3adee03041c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22baff2632c94a5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R95bfa4db3c524743"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R0e040506893c4783"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R95bfa4db3c524743" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0e040506893c4783" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -452,51 +452,51 @@
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
       <x:c r="P5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="Q5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="S5" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T5" t="str">
-        <x:v>Non Critical Hardware Only (No Fracture Critical)</x:v>
+        <x:v>Limited to normal control non critical hardware only</x:v>
       </x:c>
       <x:c r="U5" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="V5" t="n">
         <x:v>328</x:v>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>1848</x:v>
       </x:c>
       <x:c r="X5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>
       </x:c>
@@ -589,126 +589,28 @@
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
-    <x:row r="7">
-[...96 lines deleted...]
-    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>