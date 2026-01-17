--- v0 (2025-10-21)
+++ v1 (2026-01-17)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37b7d8e658184f6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26e692fc64c041ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R85b17b136b284451"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R67bab3c61fbc4723"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R85b17b136b284451" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R67bab3c61fbc4723" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,72 +113,72 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>NadcapApproved</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="I2" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>AMS 2430</x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>Shot Peening, Automatic</x:v>
       </x:c>
       <x:c r="P2" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="R2" t="str">
         <x:v/>
       </x:c>
@@ -208,72 +208,72 @@
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="E3" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="I3" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v/>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v>AMS 2460</x:v>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>Plating, Chromium</x:v>
       </x:c>
       <x:c r="P3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
@@ -303,72 +303,72 @@
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="I4" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v/>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="N4" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="P4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
@@ -399,72 +399,72 @@
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v/>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="P5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
@@ -494,72 +494,72 @@
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="E6" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v/>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v>AMS 2759/2</x:v>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&gt; 220ksi</x:v>
       </x:c>
       <x:c r="P6" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R6" t="str">
         <x:v/>
       </x:c>
@@ -589,72 +589,72 @@
       </x:c>
       <x:c r="AA6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="E7" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="J7" t="str">
         <x:v/>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="N7" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="P7" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R7" t="str">
         <x:v/>
       </x:c>
@@ -684,72 +684,72 @@
       </x:c>
       <x:c r="AA7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="E8" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="J8" t="str">
         <x:v/>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v>AMS 2770</x:v>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>Heat Treatment of  Wrought Aluminum Alloy Parts</x:v>
       </x:c>
       <x:c r="P8" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R8" t="str">
         <x:v/>
       </x:c>
@@ -779,72 +779,72 @@
       </x:c>
       <x:c r="AA8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="E9" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v/>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v>AMS 2772</x:v>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>Heat Treatment of Aluminum Alloy Raw Materials</x:v>
       </x:c>
       <x:c r="P9" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R9" t="str">
         <x:v/>
       </x:c>
@@ -874,72 +874,72 @@
       </x:c>
       <x:c r="AA9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="E10" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="H10" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="J10" t="str">
         <x:v/>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v>AMS-QQ-P-416</x:v>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>Plating, Cadmium (Electrodeposited).
 </x:v>
       </x:c>
       <x:c r="P10" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R10" t="str">
         <x:v/>
@@ -971,72 +971,72 @@
       </x:c>
       <x:c r="AA10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="E11" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="H11" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="J11" t="str">
         <x:v/>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="N11" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="P11" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R11" t="str">
         <x:v/>
       </x:c>
@@ -1066,72 +1066,72 @@
       </x:c>
       <x:c r="AA11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="E12" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="H12" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="J12" t="str">
         <x:v/>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="N12" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="P12" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R12" t="str">
         <x:v/>
       </x:c>
@@ -1161,72 +1161,72 @@
       </x:c>
       <x:c r="AA12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="E13" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="H13" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="J13" t="str">
         <x:v/>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="P13" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R13" t="str">
         <x:v/>
       </x:c>
@@ -1256,72 +1256,72 @@
       </x:c>
       <x:c r="AA13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="E14" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="H14" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="J14" t="str">
         <x:v/>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="N14" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="P14" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R14" t="str">
         <x:v/>
       </x:c>
@@ -1351,72 +1351,72 @@
       </x:c>
       <x:c r="AA14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="E15" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="H15" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="J15" t="str">
         <x:v/>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v>MIL-STD-867</x:v>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>Temper Etch Inspection</x:v>
       </x:c>
       <x:c r="P15" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R15" t="str">
         <x:v/>
       </x:c>