--- v1 (2026-01-17)
+++ v2 (2026-03-04)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26e692fc64c041ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15cecd91c8b04256" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R67bab3c61fbc4723"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R746daf5c9800460b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R67bab3c61fbc4723" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R746daf5c9800460b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">