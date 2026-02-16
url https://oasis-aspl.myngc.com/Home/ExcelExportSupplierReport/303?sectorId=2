--- v0 (2025-12-18)
+++ v1 (2026-02-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90123d18295342fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1caccb95a7444e77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R66b74c2aa6104f33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re6f5727a3de44435"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R66b74c2aa6104f33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re6f5727a3de44435" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -149,75 +149,75 @@
       <x:c r="F2" t="str">
         <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
-        <x:v>ASTM B117</x:v>
+        <x:v>2ZZP00001</x:v>
       </x:c>
       <x:c r="O2" t="str">
-        <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
-[...2 lines deleted...]
-        <x:v>7</x:v>
+        <x:v>Finish Specification for F-35 Weapon System.  Note* Approval for this specification is required in conjunction with MIL-PRF-8625 for appropriate anodize seal requirements</x:v>
+      </x:c>
+      <x:c r="Q2" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="R2" t="str">
-        <x:v/>
+        <x:v>F-35</x:v>
       </x:c>
       <x:c r="S2" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v/>
       </x:c>
       <x:c r="T2" t="str">
-        <x:v>In-house testing only</x:v>
+        <x:v>Approval based on QCS-001 and subject to the limitations listed on QCS-001</x:v>
       </x:c>
       <x:c r="U2" t="n">
-        <x:v>321</x:v>
+        <x:v>2869</x:v>
       </x:c>
       <x:c r="V2" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="W2" t="n">
-        <x:v>1505</x:v>
+        <x:v>30546</x:v>
       </x:c>
       <x:c r="X2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -241,78 +241,78 @@
       <x:c r="E3" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v/>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
-        <x:v>Title corrected 8/29/2019</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N3" t="str">
-        <x:v>ASTM E1417</x:v>
+        <x:v>ASTM B117</x:v>
       </x:c>
       <x:c r="O3" t="str">
-        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
+        <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
       </x:c>
       <x:c r="P3" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
       <x:c r="S3" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Materials Testing</x:v>
       </x:c>
       <x:c r="T3" t="str">
-        <x:v/>
+        <x:v>In-house testing only</x:v>
       </x:c>
       <x:c r="U3" t="n">
-        <x:v>322</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="V3" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="W3" t="n">
-        <x:v>25745</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="X3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -336,79 +336,78 @@
       <x:c r="E4" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v/>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
-        <x:v/>
+        <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="N4" t="str">
-        <x:v>C-17</x:v>
+        <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="O4" t="str">
-        <x:v>Cleaning Prior to Inspection</x:v>
+        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="P4" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T4" t="str">
-        <x:v>Limited method 1 and 2 only. (Ref. RC/I #BR121077)
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U4" t="n">
-        <x:v>31</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="V4" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="W4" t="n">
-        <x:v>1813</x:v>
+        <x:v>25745</x:v>
       </x:c>
       <x:c r="X4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -435,75 +434,76 @@
       <x:c r="F5" t="str">
         <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v/>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
-        <x:v>FP-153</x:v>
+        <x:v>C-17</x:v>
       </x:c>
       <x:c r="O5" t="str">
-        <x:v>Primer MIL-P-85582, Epoxy, Voc Compliant, Application of</x:v>
+        <x:v>Cleaning Prior to Inspection</x:v>
       </x:c>
       <x:c r="P5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
       <x:c r="S5" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T5" t="str">
-        <x:v/>
+        <x:v>Limited method 1 and 2 only. (Ref. RC/I #BR121077)
+</x:v>
       </x:c>
       <x:c r="U5" t="n">
-        <x:v>73</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="V5" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="W5" t="n">
-        <x:v>1816</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="X5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -530,75 +530,75 @@
       <x:c r="F6" t="str">
         <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v/>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
-        <x:v>FP-28</x:v>
+        <x:v>FP-153</x:v>
       </x:c>
       <x:c r="O6" t="str">
-        <x:v>Chemical Conversion Coatings, Colored, for Aluminum and Aluminum Alloys</x:v>
+        <x:v>Primer MIL-P-85582, Epoxy, Voc Compliant, Application of</x:v>
       </x:c>
       <x:c r="P6" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R6" t="str">
         <x:v/>
       </x:c>
       <x:c r="S6" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="n">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="V6" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="W6" t="n">
-        <x:v>173</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="X6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -625,75 +625,75 @@
       <x:c r="F7" t="str">
         <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="J7" t="str">
         <x:v/>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
-        <x:v>FP-59</x:v>
+        <x:v>FP-28</x:v>
       </x:c>
       <x:c r="O7" t="str">
-        <x:v>Sulfuric Acid Anodic Coatings for Aluminum and Aluminum Alloys</x:v>
+        <x:v>Chemical Conversion Coatings, Colored, for Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="P7" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R7" t="str">
         <x:v/>
       </x:c>
       <x:c r="S7" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T7" t="str">
-        <x:v>Approved RCI BR120971</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U7" t="n">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="V7" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="W7" t="n">
-        <x:v>1819</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="X7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -720,75 +720,75 @@
       <x:c r="F8" t="str">
         <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="J8" t="str">
         <x:v/>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
-        <x:v>GP 17 G</x:v>
+        <x:v>FP-59</x:v>
       </x:c>
       <x:c r="O8" t="str">
-        <x:v>Procedure, Etching prior to Penetrant Inspection</x:v>
+        <x:v>Sulfuric Acid Anodic Coatings for Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="P8" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R8" t="str">
         <x:v/>
       </x:c>
       <x:c r="S8" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T8" t="str">
-        <x:v>Limited to Aluminum and Titanium only</x:v>
+        <x:v>Approved RC/I #BR120971</x:v>
       </x:c>
       <x:c r="U8" t="n">
-        <x:v>104</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="V8" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="W8" t="n">
-        <x:v>23475</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="X8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -815,75 +815,75 @@
       <x:c r="F9" t="str">
         <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v/>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
-        <x:v>GSS 4306</x:v>
+        <x:v>GP 17 G</x:v>
       </x:c>
       <x:c r="O9" t="str">
-        <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
+        <x:v>Procedure, Etching prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P9" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R9" t="str">
         <x:v/>
       </x:c>
       <x:c r="S9" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T9" t="str">
-        <x:v/>
+        <x:v>Limited to Aluminum and Titanium only</x:v>
       </x:c>
       <x:c r="U9" t="n">
-        <x:v>110</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="V9" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="W9" t="n">
-        <x:v>23480</x:v>
+        <x:v>23475</x:v>
       </x:c>
       <x:c r="X9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -910,75 +910,75 @@
       <x:c r="F10" t="str">
         <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="H10" t="str">
         <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="J10" t="str">
         <x:v/>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
-        <x:v>GSS 4310</x:v>
+        <x:v>GSS 4306</x:v>
       </x:c>
       <x:c r="O10" t="str">
-        <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
+        <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
       </x:c>
       <x:c r="P10" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R10" t="str">
         <x:v/>
       </x:c>
       <x:c r="S10" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T10" t="str">
-        <x:v>Limited to Ambient Air Cure only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U10" t="n">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="V10" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="W10" t="n">
-        <x:v>23483</x:v>
+        <x:v>23480</x:v>
       </x:c>
       <x:c r="X10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1005,75 +1005,75 @@
       <x:c r="F11" t="str">
         <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="H11" t="str">
         <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="I11" t="str">
         <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="J11" t="str">
         <x:v/>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
-        <x:v>GSS 4510</x:v>
+        <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="O11" t="str">
-        <x:v>Coating, Polyurethane, Application of</x:v>
+        <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="P11" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R11" t="str">
         <x:v/>
       </x:c>
       <x:c r="S11" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T11" t="str">
-        <x:v/>
+        <x:v>Limited to Ambient Air Cure only</x:v>
       </x:c>
       <x:c r="U11" t="n">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="V11" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="W11" t="n">
-        <x:v>23482</x:v>
+        <x:v>23483</x:v>
       </x:c>
       <x:c r="X11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1100,75 +1100,75 @@
       <x:c r="F12" t="str">
         <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="H12" t="str">
         <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="J12" t="str">
         <x:v/>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
-        <x:v>GT 23 A</x:v>
+        <x:v>GSS 4510</x:v>
       </x:c>
       <x:c r="O12" t="str">
-        <x:v>Fluorescent Penetrant Inspection</x:v>
+        <x:v>Coating, Polyurethane, Application of</x:v>
       </x:c>
       <x:c r="P12" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R12" t="str">
         <x:v/>
       </x:c>
       <x:c r="S12" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="n">
-        <x:v>330</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="V12" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="W12" t="n">
-        <x:v>23476</x:v>
+        <x:v>23482</x:v>
       </x:c>
       <x:c r="X12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1195,75 +1195,75 @@
       <x:c r="F13" t="str">
         <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="H13" t="str">
         <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="I13" t="str">
         <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="J13" t="str">
         <x:v/>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
-        <x:v>IT-60</x:v>
+        <x:v>GT 23 A</x:v>
       </x:c>
       <x:c r="O13" t="str">
-        <x:v>Penetrant Inspection</x:v>
+        <x:v>Fluorescent Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P13" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R13" t="str">
         <x:v/>
       </x:c>
       <x:c r="S13" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="n">
-        <x:v>337</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="V13" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="W13" t="n">
-        <x:v>1814</x:v>
+        <x:v>23476</x:v>
       </x:c>
       <x:c r="X13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1290,78 +1290,75 @@
       <x:c r="F14" t="str">
         <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="H14" t="str">
         <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="I14" t="str">
         <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="J14" t="str">
         <x:v/>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
-        <x:v>LMA-PC201</x:v>
+        <x:v>IT-60</x:v>
       </x:c>
       <x:c r="O14" t="str">
-        <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
+        <x:v>Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P14" t="n">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="Q14" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R14" t="str">
-        <x:v>F-35</x:v>
+        <x:v/>
       </x:c>
       <x:c r="S14" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T14" t="str">
-        <x:v>Non-critical parts only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U14" t="n">
-        <x:v>453</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="V14" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="W14" t="n">
-        <x:v>2297</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="X14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1388,80 +1385,78 @@
       <x:c r="F15" t="str">
         <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="H15" t="str">
         <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="I15" t="str">
         <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="J15" t="str">
         <x:v/>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
-        <x:v>LMA-PG001</x:v>
+        <x:v>LMA-PC009</x:v>
       </x:c>
       <x:c r="O15" t="str">
-        <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
+        <x:v>Hardness and Conductivity Testing</x:v>
       </x:c>
       <x:c r="P15" t="n">
-        <x:v>3</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="Q15" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R15" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="S15" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Miscellaneous</x:v>
       </x:c>
       <x:c r="T15" t="str">
-        <x:v>Titanium etch per approved RC/I
-[...1 lines deleted...]
-</x:v>
+        <x:v>Approval based on QCS-001 and subject to the limitations listed on QCS-001</x:v>
       </x:c>
       <x:c r="U15" t="n">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="V15" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="W15" t="n">
-        <x:v>2709</x:v>
+        <x:v>30547</x:v>
       </x:c>
       <x:c r="X15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1488,78 +1483,78 @@
       <x:c r="F16" t="str">
         <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="H16" t="str">
         <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="J16" t="str">
         <x:v/>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
-        <x:v>LMA-PH016</x:v>
+        <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="O16" t="str">
-        <x:v>Conversion Coating of Titanium Alloys</x:v>
+        <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
       <x:c r="P16" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="Q16" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R16" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="S16" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T16" t="str">
-        <x:v> Processing per approved RC/I R189845</x:v>
+        <x:v>Non-critical parts only</x:v>
       </x:c>
       <x:c r="U16" t="n">
-        <x:v>468</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="V16" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="W16" t="n">
-        <x:v>2710</x:v>
+        <x:v>2297</x:v>
       </x:c>
       <x:c r="X16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1586,75 +1581,79 @@
       <x:c r="F17" t="str">
         <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="G17" t="str">
         <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="H17" t="str">
         <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="J17" t="str">
         <x:v/>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
-        <x:v>MIL-DTL-5541</x:v>
+        <x:v>LMA-PG001</x:v>
       </x:c>
       <x:c r="O17" t="str">
-        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
+        <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P17" t="n">
         <x:v>3</x:v>
       </x:c>
+      <x:c r="Q17" t="n">
+        <x:v>1</x:v>
+      </x:c>
       <x:c r="R17" t="str">
-        <x:v/>
+        <x:v>F-35</x:v>
       </x:c>
       <x:c r="S17" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T17" t="str">
-        <x:v>Limits: Type I only</x:v>
+        <x:v>Titanium etch per approved RC/I #BR 189844
+</x:v>
       </x:c>
       <x:c r="U17" t="n">
-        <x:v>525</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="V17" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="W17" t="n">
-        <x:v>25746</x:v>
+        <x:v>2709</x:v>
       </x:c>
       <x:c r="X17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1678,85 +1677,376 @@
       <x:c r="E18" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F18" t="str">
         <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="G18" t="str">
         <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="H18" t="str">
         <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="I18" t="str">
         <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="J18" t="str">
         <x:v/>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
-        <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N18" t="str">
-        <x:v>MIL-PRF-8625</x:v>
+        <x:v>LMA-PH016</x:v>
       </x:c>
       <x:c r="O18" t="str">
-        <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
+        <x:v>Conversion Coating of Titanium Alloys</x:v>
       </x:c>
       <x:c r="P18" t="n">
         <x:v>3</x:v>
       </x:c>
+      <x:c r="Q18" t="n">
+        <x:v>1</x:v>
+      </x:c>
       <x:c r="R18" t="str">
-        <x:v/>
+        <x:v>F-35</x:v>
       </x:c>
       <x:c r="S18" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T18" t="str">
-        <x:v>Dichromate seal is required when Mil-PRF-8625 Type II anodize is called out on engineering drawings.</x:v>
+        <x:v>Processing per approved RC/I #BR189845</x:v>
       </x:c>
       <x:c r="U18" t="n">
-        <x:v>3942</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="V18" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="W18" t="n">
-        <x:v>23661</x:v>
+        <x:v>2710</x:v>
       </x:c>
       <x:c r="X18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19">
+      <x:c r="A19" t="str">
+        <x:v>90051812</x:v>
+      </x:c>
+      <x:c r="B19" t="str">
+        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
+      </x:c>
+      <x:c r="C19" t="str">
+        <x:v>432 E EUCLID AVE                    </x:v>
+      </x:c>
+      <x:c r="D19" t="str">
+        <x:v>COMPTON                             </x:v>
+      </x:c>
+      <x:c r="E19" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="F19" t="str">
+        <x:v>90222-2810                          </x:v>
+      </x:c>
+      <x:c r="G19" t="str">
+        <x:v>323-636-1004</x:v>
+      </x:c>
+      <x:c r="H19" t="str">
+        <x:v>310-369-1025</x:v>
+      </x:c>
+      <x:c r="I19" t="str">
+        <x:v>8/18/2006</x:v>
+      </x:c>
+      <x:c r="J19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N19" t="str">
+        <x:v>LMA-PJ264 </x:v>
+      </x:c>
+      <x:c r="O19" t="str">
+        <x:v>Application and Control of Organic Finishes </x:v>
+      </x:c>
+      <x:c r="P19" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="Q19" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="R19" t="str">
+        <x:v>F-35</x:v>
+      </x:c>
+      <x:c r="S19" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="T19" t="str">
+        <x:v>Approval based on QCS-001 and subject to the limitations listed on QCS-001</x:v>
+      </x:c>
+      <x:c r="U19" t="n">
+        <x:v>1851</x:v>
+      </x:c>
+      <x:c r="V19" t="n">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="W19" t="n">
+        <x:v>30548</x:v>
+      </x:c>
+      <x:c r="X19" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y19" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z19" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA19" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB19" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC19" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD19" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE19" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF19" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20">
+      <x:c r="A20" t="str">
+        <x:v>90051812</x:v>
+      </x:c>
+      <x:c r="B20" t="str">
+        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
+      </x:c>
+      <x:c r="C20" t="str">
+        <x:v>432 E EUCLID AVE                    </x:v>
+      </x:c>
+      <x:c r="D20" t="str">
+        <x:v>COMPTON                             </x:v>
+      </x:c>
+      <x:c r="E20" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="F20" t="str">
+        <x:v>90222-2810                          </x:v>
+      </x:c>
+      <x:c r="G20" t="str">
+        <x:v>323-636-1004</x:v>
+      </x:c>
+      <x:c r="H20" t="str">
+        <x:v>310-369-1025</x:v>
+      </x:c>
+      <x:c r="I20" t="str">
+        <x:v>8/18/2006</x:v>
+      </x:c>
+      <x:c r="J20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N20" t="str">
+        <x:v>MIL-DTL-5541</x:v>
+      </x:c>
+      <x:c r="O20" t="str">
+        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
+      </x:c>
+      <x:c r="P20" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="R20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S20" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="T20" t="str">
+        <x:v>Limits: Type I only</x:v>
+      </x:c>
+      <x:c r="U20" t="n">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="V20" t="n">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="W20" t="n">
+        <x:v>25746</x:v>
+      </x:c>
+      <x:c r="X20" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y20" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z20" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA20" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB20" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC20" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD20" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE20" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF20" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21">
+      <x:c r="A21" t="str">
+        <x:v>90051812</x:v>
+      </x:c>
+      <x:c r="B21" t="str">
+        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
+      </x:c>
+      <x:c r="C21" t="str">
+        <x:v>432 E EUCLID AVE                    </x:v>
+      </x:c>
+      <x:c r="D21" t="str">
+        <x:v>COMPTON                             </x:v>
+      </x:c>
+      <x:c r="E21" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="F21" t="str">
+        <x:v>90222-2810                          </x:v>
+      </x:c>
+      <x:c r="G21" t="str">
+        <x:v>323-636-1004</x:v>
+      </x:c>
+      <x:c r="H21" t="str">
+        <x:v>310-369-1025</x:v>
+      </x:c>
+      <x:c r="I21" t="str">
+        <x:v>8/18/2006</x:v>
+      </x:c>
+      <x:c r="J21" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K21" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L21" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M21" t="str">
+        <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
+      </x:c>
+      <x:c r="N21" t="str">
+        <x:v>MIL-PRF-8625</x:v>
+      </x:c>
+      <x:c r="O21" t="str">
+        <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
+      </x:c>
+      <x:c r="P21" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="R21" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S21" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="T21" t="str">
+        <x:v>Dichromate seal is required when Mil-PRF-8625 Type II anodize is called out on engineering drawings.</x:v>
+      </x:c>
+      <x:c r="U21" t="n">
+        <x:v>3942</x:v>
+      </x:c>
+      <x:c r="V21" t="n">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="W21" t="n">
+        <x:v>23661</x:v>
+      </x:c>
+      <x:c r="X21" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y21" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z21" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA21" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB21" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC21" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD21" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE21" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>