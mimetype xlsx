--- v0 (2025-11-30)
+++ v1 (2026-01-29)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra97619eb3fda41d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32c8e96597904237" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7b4334d093984769"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Radde264e3c654b42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7b4334d093984769" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Radde264e3c654b42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,72 +113,72 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>NadcapApproved</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>90053884</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>Wolkerstorfer Co Inc</x:v>
+        <x:v>WOLKERSTORFER CO INC</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>348 First St SW</x:v>
+        <x:v>348 1ST ST SE</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>New Brighton</x:v>
+        <x:v>SAINT PAUL</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>MN</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>55112-7858</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>651-636-0720</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>651-636-3308</x:v>
       </x:c>
       <x:c r="I2" t="str">
-        <x:v>12/21/2005</x:v>
+        <x:v>12/2/2025</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="P2" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R2" t="str">
         <x:v/>
@@ -209,72 +209,72 @@
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>90053884</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>Wolkerstorfer Co Inc</x:v>
+        <x:v>WOLKERSTORFER CO INC</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>348 First St SW</x:v>
+        <x:v>348 1ST ST SE</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>New Brighton</x:v>
+        <x:v>SAINT PAUL</x:v>
       </x:c>
       <x:c r="E3" t="str">
         <x:v>MN</x:v>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>55112-7858</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>651-636-0720</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>651-636-3308</x:v>
       </x:c>
       <x:c r="I3" t="str">
-        <x:v>12/21/2005</x:v>
+        <x:v>12/2/2025</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v/>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v>For Types I  II only</x:v>
       </x:c>
       <x:c r="N3" t="str">
         <x:v>AS5272</x:v>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>Lubricant, Solid Film, Heat Cured, Corrosion Inhibiting Procurement Specification. Superseding MIL-PRF-46010 for Types I  II only</x:v>
       </x:c>
       <x:c r="P3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
@@ -304,167 +304,167 @@
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>90053884</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>Wolkerstorfer Co Inc</x:v>
+        <x:v>WOLKERSTORFER CO INC</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>348 First St SW</x:v>
+        <x:v>348 1ST ST SE</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>New Brighton</x:v>
+        <x:v>SAINT PAUL</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>MN</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>55112-7858</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>651-636-0720</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>651-636-3308</x:v>
       </x:c>
       <x:c r="I4" t="str">
-        <x:v>12/21/2005</x:v>
+        <x:v>12/2/2025</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v/>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v>ASTM B117</x:v>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
       </x:c>
       <x:c r="P4" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Materials Testing</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v>Limited to In-House Testing Only</x:v>
       </x:c>
       <x:c r="U4" t="n">
         <x:v>321</x:v>
       </x:c>
       <x:c r="V4" t="n">
         <x:v>301</x:v>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>1806</x:v>
       </x:c>
       <x:c r="X4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v>90053884</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>Wolkerstorfer Co Inc</x:v>
+        <x:v>WOLKERSTORFER CO INC</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>348 First St SW</x:v>
+        <x:v>348 1ST ST SE</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>New Brighton</x:v>
+        <x:v>SAINT PAUL</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v>MN</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>55112-7858</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>651-636-0720</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>651-636-3308</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v>12/21/2005</x:v>
+        <x:v>12/2/2025</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v/>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="N5" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="P5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
@@ -494,72 +494,72 @@
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str">
         <x:v>90053884</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>Wolkerstorfer Co Inc</x:v>
+        <x:v>WOLKERSTORFER CO INC</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>348 First St SW</x:v>
+        <x:v>348 1ST ST SE</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>New Brighton</x:v>
+        <x:v>SAINT PAUL</x:v>
       </x:c>
       <x:c r="E6" t="str">
         <x:v>MN</x:v>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>55112-7858</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>651-636-0720</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>651-636-3308</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>12/21/2005</x:v>
+        <x:v>12/2/2025</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v/>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v>GP 17 G</x:v>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>Procedure, Etching prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P6" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R6" t="str">
         <x:v/>
       </x:c>
@@ -589,72 +589,72 @@
       </x:c>
       <x:c r="AA6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str">
         <x:v>90053884</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>Wolkerstorfer Co Inc</x:v>
+        <x:v>WOLKERSTORFER CO INC</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>348 First St SW</x:v>
+        <x:v>348 1ST ST SE</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>New Brighton</x:v>
+        <x:v>SAINT PAUL</x:v>
       </x:c>
       <x:c r="E7" t="str">
         <x:v>MN</x:v>
       </x:c>
       <x:c r="F7" t="str">
         <x:v>55112-7858</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v>651-636-0720</x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v>651-636-3308</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>12/21/2005</x:v>
+        <x:v>12/2/2025</x:v>
       </x:c>
       <x:c r="J7" t="str">
         <x:v/>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="P7" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R7" t="str">
         <x:v/>
       </x:c>
@@ -684,72 +684,72 @@
       </x:c>
       <x:c r="AA7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str">
         <x:v>90053884</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>Wolkerstorfer Co Inc</x:v>
+        <x:v>WOLKERSTORFER CO INC</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>348 First St SW</x:v>
+        <x:v>348 1ST ST SE</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>New Brighton</x:v>
+        <x:v>SAINT PAUL</x:v>
       </x:c>
       <x:c r="E8" t="str">
         <x:v>MN</x:v>
       </x:c>
       <x:c r="F8" t="str">
         <x:v>55112-7858</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v>651-636-0720</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v>651-636-3308</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>12/21/2005</x:v>
+        <x:v>12/2/2025</x:v>
       </x:c>
       <x:c r="J8" t="str">
         <x:v/>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v>GT 23 A</x:v>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>Fluorescent Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P8" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R8" t="str">
         <x:v/>
       </x:c>
@@ -779,72 +779,72 @@
       </x:c>
       <x:c r="AA8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str">
         <x:v>90053884</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>Wolkerstorfer Co Inc</x:v>
+        <x:v>WOLKERSTORFER CO INC</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>348 First St SW</x:v>
+        <x:v>348 1ST ST SE</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>New Brighton</x:v>
+        <x:v>SAINT PAUL</x:v>
       </x:c>
       <x:c r="E9" t="str">
         <x:v>MN</x:v>
       </x:c>
       <x:c r="F9" t="str">
         <x:v>55112-7858</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v>651-636-0720</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v>651-636-3308</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>12/21/2005</x:v>
+        <x:v>12/2/2025</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v/>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="P9" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R9" t="str">
         <x:v/>
       </x:c>