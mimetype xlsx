--- v0 (2025-10-19)
+++ v1 (2025-12-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb7339ff2ef4a98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0933dcc666c48af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R80918c2e43554a3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R83166085ef9d4440"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R80918c2e43554a3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R83166085ef9d4440" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">