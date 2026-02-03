--- v1 (2025-12-11)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0933dcc666c48af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb6fb9a289ce4219" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R83166085ef9d4440"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf342e3b6326b4c7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R83166085ef9d4440" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf342e3b6326b4c7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -242,78 +242,78 @@
       <x:c r="E3" t="str">
         <x:v/>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>31607</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>330561518207</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>0561518201</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>9/15/2005</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v/>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
-        <x:v/>
+        <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="N3" t="str">
-        <x:v>ASTM B117</x:v>
+        <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="O3" t="str">
-        <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
+        <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="P3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
       <x:c r="S3" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T3" t="str">
-        <x:v>Limited to testing in-house processes only</x:v>
+        <x:v>Limited to Monophase</x:v>
       </x:c>
       <x:c r="U3" t="n">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="V3" t="n">
         <x:v>292</x:v>
       </x:c>
       <x:c r="W3" t="n">
-        <x:v>2603</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="X3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>France</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -337,78 +337,78 @@
       <x:c r="E4" t="str">
         <x:v/>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>31607</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>330561518207</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>0561518201</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>9/15/2005</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v/>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
-        <x:v>Title corrected 8/29/2019</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N4" t="str">
-        <x:v>ASTM E1417</x:v>
+        <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="O4" t="str">
-        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
+        <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="P4" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T4" t="str">
-        <x:v/>
+        <x:v>Approved for Force Cure per RC/I 631876</x:v>
       </x:c>
       <x:c r="U4" t="n">
-        <x:v>322</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="V4" t="n">
         <x:v>292</x:v>
       </x:c>
       <x:c r="W4" t="n">
-        <x:v>24819</x:v>
+        <x:v>2604</x:v>
       </x:c>
       <x:c r="X4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>France</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -432,750 +432,85 @@
       <x:c r="E5" t="str">
         <x:v/>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>31607</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>330561518207</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>0561518201</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>9/15/2005</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v/>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
-        <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N5" t="str">
-        <x:v>ASTM E1444</x:v>
+        <x:v>GSS 4510</x:v>
       </x:c>
       <x:c r="O5" t="str">
-        <x:v>Standard Practice for Magnetic Particle Testing</x:v>
+        <x:v>Coating, Polyurethane, Application of</x:v>
       </x:c>
       <x:c r="P5" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
       <x:c r="S5" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T5" t="str">
-        <x:v>Limited to Monophase</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U5" t="n">
-        <x:v>323</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="V5" t="n">
         <x:v>292</x:v>
       </x:c>
       <x:c r="W5" t="n">
-        <x:v>1783</x:v>
+        <x:v>25923</x:v>
       </x:c>
       <x:c r="X5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>France</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="str">
-        <x:v>AS</x:v>
-[...663 lines deleted...]
-      <x:c r="AF12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>