--- v0 (2025-10-21)
+++ v1 (2025-12-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd874818b4c554537" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84c0a47b51ec40f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R64e5aa15eb3e4800"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R0c9a60522a9940e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R64e5aa15eb3e4800" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0c9a60522a9940e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -146,79 +146,78 @@
       <x:c r="E2" t="str">
         <x:v>FL</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>32796</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>(321) 383-7798</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>(321) 269-9200</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>1/13/2005</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
-        <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N2" t="str">
-        <x:v>AMS 2700</x:v>
+        <x:v>ASTM B117</x:v>
       </x:c>
       <x:c r="O2" t="str">
-        <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
+        <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
       </x:c>
       <x:c r="P2" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R2" t="str">
         <x:v/>
       </x:c>
       <x:c r="S2" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T2" t="str">
-        <x:v>Method 1 Nitric Acid Only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U2" t="n">
-        <x:v>500</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="V2" t="n">
         <x:v>288</x:v>
       </x:c>
       <x:c r="W2" t="n">
-        <x:v>24816</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="X2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -245,75 +244,75 @@
       <x:c r="F3" t="str">
         <x:v>32796</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>(321) 383-7798</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>(321) 269-9200</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>1/13/2005</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v/>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
-        <x:v>ASTM B117</x:v>
+        <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="O3" t="str">
-        <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
+        <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="P3" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
       <x:c r="S3" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="n">
-        <x:v>321</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="V3" t="n">
         <x:v>288</x:v>
       </x:c>
       <x:c r="W3" t="n">
-        <x:v>1764</x:v>
+        <x:v>30338</x:v>
       </x:c>
       <x:c r="X3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -340,77 +339,75 @@
       <x:c r="F4" t="str">
         <x:v>32796</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>(321) 383-7798</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>(321) 269-9200</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>1/13/2005</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v/>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
-        <x:v>ASTM B700</x:v>
+        <x:v>GSS 4510</x:v>
       </x:c>
       <x:c r="O4" t="str">
-        <x:v>Standard Spec for Electrodeposited Coatings of Silver for Engineering Use</x:v>
+        <x:v>Coating, Polyurethane, Application of</x:v>
       </x:c>
       <x:c r="P4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T4" t="str">
-        <x:v>No steels 31 HRC
-[...1 lines deleted...]
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U4" t="n">
-        <x:v>30</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="V4" t="n">
         <x:v>288</x:v>
       </x:c>
       <x:c r="W4" t="n">
-        <x:v>30337</x:v>
+        <x:v>30339</x:v>
       </x:c>
       <x:c r="X4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -437,75 +434,75 @@
       <x:c r="F5" t="str">
         <x:v>32796</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>(321) 383-7798</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>(321) 269-9200</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>1/13/2005</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v/>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
-        <x:v>GSS 4310</x:v>
+        <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="O5" t="str">
-        <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
+        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="P5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
       <x:c r="S5" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T5" t="str">
-        <x:v/>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="U5" t="n">
-        <x:v>111</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="V5" t="n">
         <x:v>288</x:v>
       </x:c>
       <x:c r="W5" t="n">
-        <x:v>30338</x:v>
+        <x:v>24817</x:v>
       </x:c>
       <x:c r="X5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -529,275 +526,91 @@
       <x:c r="E6" t="str">
         <x:v>FL</x:v>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>32796</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>(321) 383-7798</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>(321) 269-9200</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>1/13/2005</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v/>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
-        <x:v/>
+        <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="N6" t="str">
-        <x:v>GSS 4510</x:v>
+        <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="O6" t="str">
-        <x:v>Coating, Polyurethane, Application of</x:v>
+        <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="P6" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R6" t="str">
         <x:v/>
       </x:c>
       <x:c r="S6" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T6" t="str">
-        <x:v/>
+        <x:v>Limited to Type II, IIB and
+Type III only per their
+Nadcap Approval, with a 5%
+Sodium Dichromate seal
+when MIL-A-8625 is called
+out on E-2 Engineering
+drawings.</x:v>
       </x:c>
       <x:c r="U6" t="n">
-        <x:v>114</x:v>
+        <x:v>3942</x:v>
       </x:c>
       <x:c r="V6" t="n">
         <x:v>288</x:v>
       </x:c>
       <x:c r="W6" t="n">
-        <x:v>30339</x:v>
+        <x:v>23744</x:v>
       </x:c>
       <x:c r="X6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="str">
-        <x:v>AS</x:v>
-[...188 lines deleted...]
-      <x:c r="AF8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>