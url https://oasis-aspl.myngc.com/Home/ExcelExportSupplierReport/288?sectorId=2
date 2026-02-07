--- v1 (2025-12-11)
+++ v2 (2026-02-07)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84c0a47b51ec40f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raef7be91045e4054" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R0c9a60522a9940e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5aad58c553b4467a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0c9a60522a9940e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5aad58c553b4467a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -155,57 +155,57 @@
       <x:c r="H2" t="str">
         <x:v>(321) 269-9200</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>1/13/2005</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>ASTM B117</x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
       </x:c>
       <x:c r="P2" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="R2" t="str">
         <x:v/>
       </x:c>
       <x:c r="S2" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Materials Testing</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v/>
       </x:c>
       <x:c r="U2" t="n">
         <x:v>321</x:v>
       </x:c>
       <x:c r="V2" t="n">
         <x:v>288</x:v>
       </x:c>
       <x:c r="W2" t="n">
         <x:v>1764</x:v>
       </x:c>
       <x:c r="X2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>