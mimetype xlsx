--- v0 (2025-10-14)
+++ v1 (2026-01-18)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7da4ff120004d93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5d3e2516a9a4743" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfa29377ae98a4b15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rc5e56f3d6f6a4cdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa29377ae98a4b15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc5e56f3d6f6a4cdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">