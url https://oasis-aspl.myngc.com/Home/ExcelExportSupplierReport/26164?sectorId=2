--- v1 (2026-01-18)
+++ v2 (2026-03-04)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5d3e2516a9a4743" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbe593e729484d54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rc5e56f3d6f6a4cdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5a3226b72b154f21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc5e56f3d6f6a4cdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5a3226b72b154f21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,498 +113,118 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>NadcapApproved</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>90059086</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>Certified Metal Craft Inc</x:v>
+        <x:v>CERTIFIED METAL CRAFT INC</x:v>
       </x:c>
       <x:c r="C2" t="str">
         <x:v>877 VERNON WAY</x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v>EL CAJON</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>92020</x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>619-593-3636</x:v>
+        <x:v>6195933636</x:v>
       </x:c>
       <x:c r="H2" t="str">
-        <x:v/>
+        <x:v>619-593-3635</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>6/16/2023</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
-        <x:v>AMS 2759</x:v>
+        <x:v>AMS 2801</x:v>
       </x:c>
       <x:c r="O2" t="str">
-        <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
+        <x:v>Heat Treatment of Titanium Alloy Parts</x:v>
       </x:c>
       <x:c r="P2" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R2" t="str">
         <x:v/>
       </x:c>
       <x:c r="S2" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v/>
       </x:c>
       <x:c r="U2" t="n">
-        <x:v>598</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="V2" t="n">
         <x:v>26164</x:v>
       </x:c>
       <x:c r="W2" t="n">
-        <x:v>29216</x:v>
+        <x:v>29032</x:v>
       </x:c>
       <x:c r="X2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="str">
-        <x:v>AS</x:v>
-[...378 lines deleted...]
-      <x:c r="AF6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>