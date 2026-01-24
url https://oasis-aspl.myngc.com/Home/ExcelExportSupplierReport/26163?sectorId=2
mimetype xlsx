--- v0 (2025-10-16)
+++ v1 (2026-01-24)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ccd85a8e2b44fe2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a4fafe6d5cb4f7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R72e6f6feffd24273"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R42174669a9db4c1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R72e6f6feffd24273" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R42174669a9db4c1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -719,75 +719,75 @@
       <x:c r="F8" t="str">
         <x:v>76063-2718</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v>817-477-2193 (X220)</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v/>
       </x:c>
       <x:c r="I8" t="str">
         <x:v>5/31/2023</x:v>
       </x:c>
       <x:c r="J8" t="str">
         <x:v/>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
-        <x:v>GSS 5360</x:v>
+        <x:v>GP 17 G</x:v>
       </x:c>
       <x:c r="O8" t="str">
-        <x:v>Forming of Titanium and Titanium Alloys</x:v>
+        <x:v>Procedure, Etching prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P8" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R8" t="str">
         <x:v/>
       </x:c>
       <x:c r="S8" t="str">
-        <x:v>Miscellaneous</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T8" t="str">
-        <x:v>Alternate cleaning per RCI R430441</x:v>
+        <x:v>Aluminum  Titanium only per RCI R461800</x:v>
       </x:c>
       <x:c r="U8" t="n">
-        <x:v>269</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="V8" t="n">
         <x:v>26163</x:v>
       </x:c>
       <x:c r="W8" t="n">
-        <x:v>30226</x:v>
+        <x:v>30565</x:v>
       </x:c>
       <x:c r="X8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -811,78 +811,78 @@
       <x:c r="E9" t="str">
         <x:v>TX</x:v>
       </x:c>
       <x:c r="F9" t="str">
         <x:v>76063-2718</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v>817-477-2193 (X220)</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v/>
       </x:c>
       <x:c r="I9" t="str">
         <x:v>5/31/2023</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v/>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
-        <x:v>GSS 7015 requires NGAS approval only when referenced in one of the following specifications: GSS 5150, GSS 5360, GSS 5361  GSS 7022.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N9" t="str">
-        <x:v>GSS 7015</x:v>
+        <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="O9" t="str">
-        <x:v>Cleaning and Descaling of Titanium and Titanium Alloys</x:v>
+        <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="P9" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R9" t="str">
         <x:v/>
       </x:c>
       <x:c r="S9" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T9" t="str">
-        <x:v>Alternate cleaning per RCI's 430441 and 432040</x:v>
+        <x:v>Forced Cure per RCI 461455</x:v>
       </x:c>
       <x:c r="U9" t="n">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="V9" t="n">
         <x:v>26163</x:v>
       </x:c>
       <x:c r="W9" t="n">
-        <x:v>30227</x:v>
+        <x:v>30515</x:v>
       </x:c>
       <x:c r="X9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -909,75 +909,75 @@
       <x:c r="F10" t="str">
         <x:v>76063-2718</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v>817-477-2193 (X220)</x:v>
       </x:c>
       <x:c r="H10" t="str">
         <x:v/>
       </x:c>
       <x:c r="I10" t="str">
         <x:v>5/31/2023</x:v>
       </x:c>
       <x:c r="J10" t="str">
         <x:v/>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
-        <x:v>MIL-DTL-5541</x:v>
+        <x:v>GSS 4510</x:v>
       </x:c>
       <x:c r="O10" t="str">
-        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
+        <x:v>Coating, Polyurethane, Application of</x:v>
       </x:c>
       <x:c r="P10" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R10" t="str">
         <x:v/>
       </x:c>
       <x:c r="S10" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T10" t="str">
-        <x:v>Type I only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U10" t="n">
-        <x:v>525</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="V10" t="n">
         <x:v>26163</x:v>
       </x:c>
       <x:c r="W10" t="n">
-        <x:v>30163</x:v>
+        <x:v>30566</x:v>
       </x:c>
       <x:c r="X10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1004,82 +1004,462 @@
       <x:c r="F11" t="str">
         <x:v>76063-2718</x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v>817-477-2193 (X220)</x:v>
       </x:c>
       <x:c r="H11" t="str">
         <x:v/>
       </x:c>
       <x:c r="I11" t="str">
         <x:v>5/31/2023</x:v>
       </x:c>
       <x:c r="J11" t="str">
         <x:v/>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
-        <x:v>MPD 1074</x:v>
+        <x:v>GSS 5360</x:v>
       </x:c>
       <x:c r="O11" t="str">
-        <x:v>Cleaning of Aluminum Alloy Parts</x:v>
+        <x:v>Forming of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="P11" t="n">
-        <x:v>3</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="R11" t="str">
         <x:v/>
       </x:c>
       <x:c r="S11" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Miscellaneous</x:v>
       </x:c>
       <x:c r="T11" t="str">
-        <x:v>Etch per approved RCI #BR 448541</x:v>
+        <x:v>Alternate cleaning per RCI R430441</x:v>
       </x:c>
       <x:c r="U11" t="n">
-        <x:v>553</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="V11" t="n">
         <x:v>26163</x:v>
       </x:c>
       <x:c r="W11" t="n">
-        <x:v>30164</x:v>
+        <x:v>30226</x:v>
       </x:c>
       <x:c r="X11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12">
+      <x:c r="A12" t="str">
+        <x:v>90173265</x:v>
+      </x:c>
+      <x:c r="B12" t="str">
+        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
+      </x:c>
+      <x:c r="C12" t="str">
+        <x:v>601 Airport Dr</x:v>
+      </x:c>
+      <x:c r="D12" t="str">
+        <x:v>Mansfield</x:v>
+      </x:c>
+      <x:c r="E12" t="str">
+        <x:v>TX</x:v>
+      </x:c>
+      <x:c r="F12" t="str">
+        <x:v>76063-2718</x:v>
+      </x:c>
+      <x:c r="G12" t="str">
+        <x:v>817-477-2193 (X220)</x:v>
+      </x:c>
+      <x:c r="H12" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="I12" t="str">
+        <x:v>5/31/2023</x:v>
+      </x:c>
+      <x:c r="J12" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K12" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L12" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M12" t="str">
+        <x:v>GSS 7015 requires NGAS approval only when referenced in one of the following specifications: GSS 5150, GSS 5360, GSS 5361  GSS 7022.</x:v>
+      </x:c>
+      <x:c r="N12" t="str">
+        <x:v>GSS 7015</x:v>
+      </x:c>
+      <x:c r="O12" t="str">
+        <x:v>Cleaning and Descaling of Titanium and Titanium Alloys</x:v>
+      </x:c>
+      <x:c r="P12" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="R12" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S12" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="T12" t="str">
+        <x:v>Method #3 per RCI R461852, and alternate cleaning per RCI's 430441 and 432040</x:v>
+      </x:c>
+      <x:c r="U12" t="n">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="V12" t="n">
+        <x:v>26163</x:v>
+      </x:c>
+      <x:c r="W12" t="n">
+        <x:v>30570</x:v>
+      </x:c>
+      <x:c r="X12" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y12" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z12" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA12" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB12" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC12" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD12" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE12" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF12" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13">
+      <x:c r="A13" t="str">
+        <x:v>90173265</x:v>
+      </x:c>
+      <x:c r="B13" t="str">
+        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
+      </x:c>
+      <x:c r="C13" t="str">
+        <x:v>601 Airport Dr</x:v>
+      </x:c>
+      <x:c r="D13" t="str">
+        <x:v>Mansfield</x:v>
+      </x:c>
+      <x:c r="E13" t="str">
+        <x:v>TX</x:v>
+      </x:c>
+      <x:c r="F13" t="str">
+        <x:v>76063-2718</x:v>
+      </x:c>
+      <x:c r="G13" t="str">
+        <x:v>817-477-2193 (X220)</x:v>
+      </x:c>
+      <x:c r="H13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="I13" t="str">
+        <x:v>5/31/2023</x:v>
+      </x:c>
+      <x:c r="J13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N13" t="str">
+        <x:v>GT 23 A</x:v>
+      </x:c>
+      <x:c r="O13" t="str">
+        <x:v>Fluorescent Penetrant Inspection</x:v>
+      </x:c>
+      <x:c r="P13" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="R13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S13" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="T13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U13" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="V13" t="n">
+        <x:v>26163</x:v>
+      </x:c>
+      <x:c r="W13" t="n">
+        <x:v>30564</x:v>
+      </x:c>
+      <x:c r="X13" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y13" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z13" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA13" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB13" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC13" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD13" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE13" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF13" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14">
+      <x:c r="A14" t="str">
+        <x:v>90173265</x:v>
+      </x:c>
+      <x:c r="B14" t="str">
+        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
+      </x:c>
+      <x:c r="C14" t="str">
+        <x:v>601 Airport Dr</x:v>
+      </x:c>
+      <x:c r="D14" t="str">
+        <x:v>Mansfield</x:v>
+      </x:c>
+      <x:c r="E14" t="str">
+        <x:v>TX</x:v>
+      </x:c>
+      <x:c r="F14" t="str">
+        <x:v>76063-2718</x:v>
+      </x:c>
+      <x:c r="G14" t="str">
+        <x:v>817-477-2193 (X220)</x:v>
+      </x:c>
+      <x:c r="H14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="I14" t="str">
+        <x:v>5/31/2023</x:v>
+      </x:c>
+      <x:c r="J14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N14" t="str">
+        <x:v>MIL-DTL-5541</x:v>
+      </x:c>
+      <x:c r="O14" t="str">
+        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
+      </x:c>
+      <x:c r="P14" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="R14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S14" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="T14" t="str">
+        <x:v>Type I only</x:v>
+      </x:c>
+      <x:c r="U14" t="n">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="V14" t="n">
+        <x:v>26163</x:v>
+      </x:c>
+      <x:c r="W14" t="n">
+        <x:v>30163</x:v>
+      </x:c>
+      <x:c r="X14" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y14" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z14" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA14" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB14" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC14" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD14" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE14" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF14" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15">
+      <x:c r="A15" t="str">
+        <x:v>90173265</x:v>
+      </x:c>
+      <x:c r="B15" t="str">
+        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
+      </x:c>
+      <x:c r="C15" t="str">
+        <x:v>601 Airport Dr</x:v>
+      </x:c>
+      <x:c r="D15" t="str">
+        <x:v>Mansfield</x:v>
+      </x:c>
+      <x:c r="E15" t="str">
+        <x:v>TX</x:v>
+      </x:c>
+      <x:c r="F15" t="str">
+        <x:v>76063-2718</x:v>
+      </x:c>
+      <x:c r="G15" t="str">
+        <x:v>817-477-2193 (X220)</x:v>
+      </x:c>
+      <x:c r="H15" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="I15" t="str">
+        <x:v>5/31/2023</x:v>
+      </x:c>
+      <x:c r="J15" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K15" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L15" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M15" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N15" t="str">
+        <x:v>MPD 1074</x:v>
+      </x:c>
+      <x:c r="O15" t="str">
+        <x:v>Cleaning of Aluminum Alloy Parts</x:v>
+      </x:c>
+      <x:c r="P15" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="R15" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S15" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="T15" t="str">
+        <x:v>Etch per approved RCI #BR 448541</x:v>
+      </x:c>
+      <x:c r="U15" t="n">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="V15" t="n">
+        <x:v>26163</x:v>
+      </x:c>
+      <x:c r="W15" t="n">
+        <x:v>30164</x:v>
+      </x:c>
+      <x:c r="X15" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y15" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z15" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA15" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB15" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC15" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD15" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE15" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>