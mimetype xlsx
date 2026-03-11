--- v1 (2026-01-24)
+++ v2 (2026-03-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a4fafe6d5cb4f7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4296e00d26c4d76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R42174669a9db4c1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R0774e97b620142ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R42174669a9db4c1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0774e97b620142ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">