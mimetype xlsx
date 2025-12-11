--- v0 (2025-10-24)
+++ v1 (2025-12-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5b180e2e0c845bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R667cc5387d0643f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6ece4ccd7bc24631"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5d22189dacc54eac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6ece4ccd7bc24631" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5d22189dacc54eac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">