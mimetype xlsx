--- v1 (2025-12-11)
+++ v2 (2026-02-07)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R667cc5387d0643f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b7775c9101e4591" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5d22189dacc54eac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfb2bd0dc256645e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5d22189dacc54eac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfb2bd0dc256645e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -526,78 +526,78 @@
       <x:c r="E6" t="str">
         <x:v/>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>65200</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>33562913232 </x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v/>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>2/7/2023</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v/>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
-        <x:v>GSS 7021 requires NGAS approval only when referenced in structural adhesive bonding specifications: GSS 7022  GSS 20XXX.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N6" t="str">
-        <x:v>GSS 7021</x:v>
+        <x:v>GT 23 A</x:v>
       </x:c>
       <x:c r="O6" t="str">
-        <x:v>Acid Cleaning of Ferrous Alloys</x:v>
+        <x:v>Fluorescent Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P6" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R6" t="str">
         <x:v/>
       </x:c>
       <x:c r="S6" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="n">
-        <x:v>116</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="V6" t="n">
         <x:v>26137</x:v>
       </x:c>
       <x:c r="W6" t="n">
-        <x:v>28799</x:v>
+        <x:v>28800</x:v>
       </x:c>
       <x:c r="X6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AA6" t="str">
         <x:v>France</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -624,75 +624,75 @@
       <x:c r="F7" t="str">
         <x:v>65200</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v>33562913232 </x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v/>
       </x:c>
       <x:c r="I7" t="str">
         <x:v>2/7/2023</x:v>
       </x:c>
       <x:c r="J7" t="str">
         <x:v/>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
-        <x:v>GT 23 A</x:v>
+        <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="O7" t="str">
-        <x:v>Fluorescent Penetrant Inspection</x:v>
+        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="P7" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R7" t="str">
         <x:v/>
       </x:c>
       <x:c r="S7" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T7" t="str">
-        <x:v/>
+        <x:v>Type II only.</x:v>
       </x:c>
       <x:c r="U7" t="n">
-        <x:v>330</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="V7" t="n">
         <x:v>26137</x:v>
       </x:c>
       <x:c r="W7" t="n">
-        <x:v>28800</x:v>
+        <x:v>28795</x:v>
       </x:c>
       <x:c r="X7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AA7" t="str">
         <x:v>France</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -719,177 +719,82 @@
       <x:c r="F8" t="str">
         <x:v>65200</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v>33562913232 </x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v/>
       </x:c>
       <x:c r="I8" t="str">
         <x:v>2/7/2023</x:v>
       </x:c>
       <x:c r="J8" t="str">
         <x:v/>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
-        <x:v>MIL-DTL-5541</x:v>
+        <x:v>MIL-DTL-81706</x:v>
       </x:c>
       <x:c r="O8" t="str">
-        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
+        <x:v>Magnesium Alloy, Processes for Pretreatment and Prevention of Corrosion on</x:v>
       </x:c>
       <x:c r="P8" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R8" t="str">
         <x:v/>
       </x:c>
       <x:c r="S8" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="n">
-        <x:v>525</x:v>
+        <x:v>4209</x:v>
       </x:c>
       <x:c r="V8" t="n">
         <x:v>26137</x:v>
       </x:c>
       <x:c r="W8" t="n">
-        <x:v>28795</x:v>
+        <x:v>28796</x:v>
       </x:c>
       <x:c r="X8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AA8" t="str">
         <x:v>France</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="str">
-        <x:v>AS</x:v>
-[...93 lines deleted...]
-      <x:c r="AF9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>