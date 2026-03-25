--- v2 (2026-02-07)
+++ v3 (2026-03-25)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b7775c9101e4591" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6be4ba8f2b564b5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfb2bd0dc256645e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rc3c33bdc6446463c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfb2bd0dc256645e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc3c33bdc6446463c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">