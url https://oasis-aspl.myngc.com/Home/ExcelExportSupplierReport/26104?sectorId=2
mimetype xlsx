--- v0 (2025-12-08)
+++ v1 (2026-01-24)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c6b599f99e04bcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08ac9f2d364b46f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re7f36694d252454a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R873c5d0718804ac6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re7f36694d252454a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R873c5d0718804ac6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -298,28 +298,123 @@
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
+    <x:row r="4">
+      <x:c r="A4" t="str">
+        <x:v>90062735</x:v>
+      </x:c>
+      <x:c r="B4" t="str">
+        <x:v>COMPUCRAFT INDUSTRIES INC                         </x:v>
+      </x:c>
+      <x:c r="C4" t="str">
+        <x:v>8787 OLIVE LN                       </x:v>
+      </x:c>
+      <x:c r="D4" t="str">
+        <x:v>SANTEE                              </x:v>
+      </x:c>
+      <x:c r="E4" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="F4" t="str">
+        <x:v>92071-4137                          </x:v>
+      </x:c>
+      <x:c r="G4" t="str">
+        <x:v>619-448-0787</x:v>
+      </x:c>
+      <x:c r="H4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="I4" t="str">
+        <x:v>10/5/2022</x:v>
+      </x:c>
+      <x:c r="J4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N4" t="str">
+        <x:v>GSS 5360</x:v>
+      </x:c>
+      <x:c r="O4" t="str">
+        <x:v>Forming of Titanium and Titanium Alloys</x:v>
+      </x:c>
+      <x:c r="P4" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="R4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S4" t="str">
+        <x:v>Miscellaneous</x:v>
+      </x:c>
+      <x:c r="T4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U4" t="n">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="V4" t="n">
+        <x:v>26104</x:v>
+      </x:c>
+      <x:c r="W4" t="n">
+        <x:v>30567</x:v>
+      </x:c>
+      <x:c r="X4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z4" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA4" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB4" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF4" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>