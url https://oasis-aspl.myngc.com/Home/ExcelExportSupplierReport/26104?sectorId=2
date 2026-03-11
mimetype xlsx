--- v1 (2026-01-24)
+++ v2 (2026-03-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08ac9f2d364b46f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12145ecc13504176" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R873c5d0718804ac6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R4ca1c4d2cf834a06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R873c5d0718804ac6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4ca1c4d2cf834a06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">