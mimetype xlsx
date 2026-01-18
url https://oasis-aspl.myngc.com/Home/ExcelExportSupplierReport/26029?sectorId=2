--- v0 (2025-10-14)
+++ v1 (2026-01-18)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b452f575c994264" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radd7bfdea8744aed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R4fa0914fcbb74d6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6de467f3c6c649b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4fa0914fcbb74d6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6de467f3c6c649b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">