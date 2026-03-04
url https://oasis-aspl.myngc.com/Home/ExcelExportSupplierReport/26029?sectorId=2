--- v1 (2026-01-18)
+++ v2 (2026-03-04)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radd7bfdea8744aed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R744cb6e974004395" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6de467f3c6c649b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5918ef06cfed4f0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6de467f3c6c649b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5918ef06cfed4f0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -298,28 +298,317 @@
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
+    <x:row r="4">
+      <x:c r="A4" t="str">
+        <x:v>90068565</x:v>
+      </x:c>
+      <x:c r="B4" t="str">
+        <x:v>HTA LOS ANGELES LLC                               </x:v>
+      </x:c>
+      <x:c r="C4" t="str">
+        <x:v>10140 Romandel Ave                  </x:v>
+      </x:c>
+      <x:c r="D4" t="str">
+        <x:v>SANTA FE SPRINGS                    </x:v>
+      </x:c>
+      <x:c r="E4" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="F4" t="str">
+        <x:v>90670-3407                          </x:v>
+      </x:c>
+      <x:c r="G4" t="str">
+        <x:v>5623212100</x:v>
+      </x:c>
+      <x:c r="H4" t="str">
+        <x:v>562-321-2096</x:v>
+      </x:c>
+      <x:c r="I4" t="str">
+        <x:v>9/13/2021</x:v>
+      </x:c>
+      <x:c r="J4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M4" t="str">
+        <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
+      </x:c>
+      <x:c r="N4" t="str">
+        <x:v>AMS 2761</x:v>
+      </x:c>
+      <x:c r="O4" t="str">
+        <x:v>Heat Treatment of Steel Raw Materials</x:v>
+      </x:c>
+      <x:c r="P4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="R4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S4" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="T4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U4" t="n">
+        <x:v>4206</x:v>
+      </x:c>
+      <x:c r="V4" t="n">
+        <x:v>26029</x:v>
+      </x:c>
+      <x:c r="W4" t="n">
+        <x:v>30587</x:v>
+      </x:c>
+      <x:c r="X4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z4" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA4" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB4" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF4" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5">
+      <x:c r="A5" t="str">
+        <x:v>90068565</x:v>
+      </x:c>
+      <x:c r="B5" t="str">
+        <x:v>HTA LOS ANGELES LLC                               </x:v>
+      </x:c>
+      <x:c r="C5" t="str">
+        <x:v>10140 Romandel Ave                  </x:v>
+      </x:c>
+      <x:c r="D5" t="str">
+        <x:v>SANTA FE SPRINGS                    </x:v>
+      </x:c>
+      <x:c r="E5" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="F5" t="str">
+        <x:v>90670-3407                          </x:v>
+      </x:c>
+      <x:c r="G5" t="str">
+        <x:v>5623212100</x:v>
+      </x:c>
+      <x:c r="H5" t="str">
+        <x:v>562-321-2096</x:v>
+      </x:c>
+      <x:c r="I5" t="str">
+        <x:v>9/13/2021</x:v>
+      </x:c>
+      <x:c r="J5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M5" t="str">
+        <x:v>For AS sector required for F35 program only</x:v>
+      </x:c>
+      <x:c r="N5" t="str">
+        <x:v>ASTM E18</x:v>
+      </x:c>
+      <x:c r="O5" t="str">
+        <x:v>Standard Test Methods for Rockwell Hardness of Metallic Materials.
+Required for F35 program only</x:v>
+      </x:c>
+      <x:c r="P5" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="R5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S5" t="str">
+        <x:v>Materials Testing</x:v>
+      </x:c>
+      <x:c r="T5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U5" t="n">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="V5" t="n">
+        <x:v>26029</x:v>
+      </x:c>
+      <x:c r="W5" t="n">
+        <x:v>30588</x:v>
+      </x:c>
+      <x:c r="X5" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y5" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z5" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA5" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB5" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC5" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD5" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE5" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF5" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6">
+      <x:c r="A6" t="str">
+        <x:v>90068565</x:v>
+      </x:c>
+      <x:c r="B6" t="str">
+        <x:v>HTA LOS ANGELES LLC                               </x:v>
+      </x:c>
+      <x:c r="C6" t="str">
+        <x:v>10140 Romandel Ave                  </x:v>
+      </x:c>
+      <x:c r="D6" t="str">
+        <x:v>SANTA FE SPRINGS                    </x:v>
+      </x:c>
+      <x:c r="E6" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="F6" t="str">
+        <x:v>90670-3407                          </x:v>
+      </x:c>
+      <x:c r="G6" t="str">
+        <x:v>5623212100</x:v>
+      </x:c>
+      <x:c r="H6" t="str">
+        <x:v>562-321-2096</x:v>
+      </x:c>
+      <x:c r="I6" t="str">
+        <x:v>9/13/2021</x:v>
+      </x:c>
+      <x:c r="J6" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K6" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L6" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M6" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N6" t="str">
+        <x:v>LMA-PC009</x:v>
+      </x:c>
+      <x:c r="O6" t="str">
+        <x:v>Hardness and Conductivity Testing</x:v>
+      </x:c>
+      <x:c r="P6" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="Q6" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="R6" t="str">
+        <x:v>F-35</x:v>
+      </x:c>
+      <x:c r="S6" t="str">
+        <x:v>Miscellaneous</x:v>
+      </x:c>
+      <x:c r="T6" t="str">
+        <x:v>Approval based on QCS-001 and subject to the limitations listed on QCS-001</x:v>
+      </x:c>
+      <x:c r="U6" t="n">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="V6" t="n">
+        <x:v>26029</x:v>
+      </x:c>
+      <x:c r="W6" t="n">
+        <x:v>30589</x:v>
+      </x:c>
+      <x:c r="X6" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y6" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z6" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA6" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB6" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC6" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF6" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>