--- v0 (2025-10-25)
+++ v1 (2026-01-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52737ee6bb13409e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb3f44a07c21410c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R8cd8282ae332440b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rd425d7b3530e4f38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8cd8282ae332440b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd425d7b3530e4f38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">