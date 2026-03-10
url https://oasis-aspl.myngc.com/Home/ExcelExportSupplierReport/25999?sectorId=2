--- v1 (2026-01-19)
+++ v2 (2026-03-10)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb3f44a07c21410c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66de299ab52e41ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rd425d7b3530e4f38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Racf76370c892479e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd425d7b3530e4f38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Racf76370c892479e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1399,51 +1399,51 @@
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v>ACS-PRS-7005</x:v>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P15" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R15" t="str">
         <x:v/>
       </x:c>
       <x:c r="S15" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T15" t="str">
-        <x:v>Approval for HALE programs is limited to localized etch and inspection of Titanium parts per RCI R617765 </x:v>
+        <x:v>Approval for HALE programs is limited to localized etch and inspection of Aluminum, Titanium per RCI R617765, and Cres Steel per RCI R228180B </x:v>
       </x:c>
       <x:c r="U15" t="n">
         <x:v>492</x:v>
       </x:c>
       <x:c r="V15" t="n">
         <x:v>25999</x:v>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>23762</x:v>
       </x:c>
       <x:c r="X15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>US</x:v>
       </x:c>