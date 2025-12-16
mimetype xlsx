--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d1c837ee3d74ea2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3fef674d0a7468a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Raf3c3d48b07d49bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rcb6a5786e89842f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raf3c3d48b07d49bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcb6a5786e89842f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">