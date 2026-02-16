--- v1 (2025-12-16)
+++ v2 (2026-02-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3fef674d0a7468a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42a05f4f5bbe4d1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rcb6a5786e89842f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R435d10bd9bea4fc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcb6a5786e89842f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R435d10bd9bea4fc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -345,57 +345,57 @@
       <x:c r="H4" t="str">
         <x:v/>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>4/29/2021</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v/>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v>ASTM B117</x:v>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
       </x:c>
       <x:c r="P4" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Materials Testing</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="n">
         <x:v>321</x:v>
       </x:c>
       <x:c r="V4" t="n">
         <x:v>25978</x:v>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>30375</x:v>
       </x:c>
       <x:c r="X4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
@@ -639,51 +639,51 @@
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="N7" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="P7" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R7" t="str">
         <x:v/>
       </x:c>
       <x:c r="S7" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T7" t="str">
-        <x:v>Type 2</x:v>
+        <x:v>Type 2. Dichromate seal is required when Mil-PRF-8625 anodize is called out on engineering drawings</x:v>
       </x:c>
       <x:c r="U7" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="V7" t="n">
         <x:v>25978</x:v>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>23709</x:v>
       </x:c>
       <x:c r="X7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>US</x:v>
       </x:c>