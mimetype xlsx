--- v0 (2025-11-30)
+++ v1 (2026-02-07)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3808acbc15fe4d40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d274f576d004624" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb0ad4d3134c745b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rcecb9e04964540c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb0ad4d3134c745b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcecb9e04964540c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -719,75 +719,75 @@
       <x:c r="F8" t="str">
         <x:v>46100</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v>+33-565-50-3370</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v/>
       </x:c>
       <x:c r="I8" t="str">
         <x:v>2/23/2021</x:v>
       </x:c>
       <x:c r="J8" t="str">
         <x:v/>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
-        <x:v>GSS 4510</x:v>
+        <x:v>GSS 7022</x:v>
       </x:c>
       <x:c r="O8" t="str">
-        <x:v>Coating, Polyurethane, Application of</x:v>
+        <x:v>Preparation of Surfaces Prior to Structural Adhesive Bonding</x:v>
       </x:c>
       <x:c r="P8" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R8" t="str">
         <x:v/>
       </x:c>
       <x:c r="S8" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T8" t="str">
-        <x:v/>
+        <x:v>Only used for Tool Prep  Comp Assy per RC/I’s 445248  433221</x:v>
       </x:c>
       <x:c r="U8" t="n">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="V8" t="n">
         <x:v>25963</x:v>
       </x:c>
       <x:c r="W8" t="n">
-        <x:v>28791</x:v>
+        <x:v>26065</x:v>
       </x:c>
       <x:c r="X8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AA8" t="str">
         <x:v>France</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>False</x:v>
       </x:c>
       <x:c r="AD8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -814,177 +814,82 @@
       <x:c r="F9" t="str">
         <x:v>46100</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v>+33-565-50-3370</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v/>
       </x:c>
       <x:c r="I9" t="str">
         <x:v>2/23/2021</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v/>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
-        <x:v>GSS 7022</x:v>
+        <x:v>GT 23 G</x:v>
       </x:c>
       <x:c r="O9" t="str">
-        <x:v>Preparation of Surfaces Prior to Structural Adhesive Bonding</x:v>
+        <x:v>Tap Testing</x:v>
       </x:c>
       <x:c r="P9" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R9" t="str">
         <x:v/>
       </x:c>
       <x:c r="S9" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T9" t="str">
-        <x:v>Only used for Tool Prep  Comp Assy per RC/I’s 445248  433221</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U9" t="n">
-        <x:v>117</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="V9" t="n">
         <x:v>25963</x:v>
       </x:c>
       <x:c r="W9" t="n">
-        <x:v>26065</x:v>
+        <x:v>28657</x:v>
       </x:c>
       <x:c r="X9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AA9" t="str">
         <x:v>France</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>False</x:v>
       </x:c>
       <x:c r="AD9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="str">
-        <x:v>AS</x:v>
-[...93 lines deleted...]
-      <x:c r="AF10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>