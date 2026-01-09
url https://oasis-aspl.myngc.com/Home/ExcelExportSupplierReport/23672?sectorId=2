--- v0 (2025-10-20)
+++ v1 (2026-01-09)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42c941548daf42f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R890e2533ac064f28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6ef40124102947d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb2f02e59ef37457d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6ef40124102947d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb2f02e59ef37457d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">