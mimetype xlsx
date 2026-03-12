--- v1 (2026-01-09)
+++ v2 (2026-03-12)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R890e2533ac064f28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95884f5fbb674936" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb2f02e59ef37457d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7247198f41d14850"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb2f02e59ef37457d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7247198f41d14850" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -137,54 +137,54 @@
       <x:c r="B2" t="str">
         <x:v>CRAFT MANUFACTURING  TOOLING INC</x:v>
       </x:c>
       <x:c r="C2" t="str">
         <x:v>7152 Central Ave</x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v>HOT SPRINGS NATIONAL PARK</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>AR</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>71913-7348</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>5015250268</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v/>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>5/21/2019</x:v>
       </x:c>
       <x:c r="J2" t="str">
-        <x:v/>
+        <x:v>0CMM5</x:v>
       </x:c>
       <x:c r="K2" t="str">
-        <x:v/>
+        <x:v>197035405</x:v>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="P2" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R2" t="str">
         <x:v/>
       </x:c>
       <x:c r="S2" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v>Method 1, Type 6</x:v>
@@ -233,54 +233,54 @@
       <x:c r="B3" t="str">
         <x:v>CRAFT MANUFACTURING  TOOLING INC</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>7152 Central Ave</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v>HOT SPRINGS NATIONAL PARK</x:v>
       </x:c>
       <x:c r="E3" t="str">
         <x:v>AR</x:v>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>71913-7348</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>5015250268</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v/>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>5/21/2019</x:v>
       </x:c>
       <x:c r="J3" t="str">
-        <x:v/>
+        <x:v>0CMM5</x:v>
       </x:c>
       <x:c r="K3" t="str">
-        <x:v/>
+        <x:v>197035405</x:v>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v>AMS 2770</x:v>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>Heat Treatment of  Wrought Aluminum Alloy Parts</x:v>
       </x:c>
       <x:c r="P3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
       <x:c r="S3" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
@@ -328,54 +328,54 @@
       <x:c r="B4" t="str">
         <x:v>CRAFT MANUFACTURING  TOOLING INC</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>7152 Central Ave</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v>HOT SPRINGS NATIONAL PARK</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>AR</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>71913-7348</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>5015250268</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v/>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>5/21/2019</x:v>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v/>
+        <x:v>0CMM5</x:v>
       </x:c>
       <x:c r="K4" t="str">
-        <x:v/>
+        <x:v>197035405</x:v>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="P4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v>Forced cure per RCI 631876</x:v>
       </x:c>
@@ -423,54 +423,54 @@
       <x:c r="B5" t="str">
         <x:v>CRAFT MANUFACTURING  TOOLING INC</x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>7152 Central Ave</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v>HOT SPRINGS NATIONAL PARK</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v>AR</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>71913-7348</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>5015250268</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v/>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>5/21/2019</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v/>
+        <x:v>0CMM5</x:v>
       </x:c>
       <x:c r="K5" t="str">
-        <x:v/>
+        <x:v>197035405</x:v>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v>GSS 4510</x:v>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>Coating, Polyurethane, Application of</x:v>
       </x:c>
       <x:c r="P5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
       <x:c r="S5" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
@@ -518,54 +518,54 @@
       <x:c r="B6" t="str">
         <x:v>CRAFT MANUFACTURING  TOOLING INC</x:v>
       </x:c>
       <x:c r="C6" t="str">
         <x:v>7152 Central Ave</x:v>
       </x:c>
       <x:c r="D6" t="str">
         <x:v>HOT SPRINGS NATIONAL PARK</x:v>
       </x:c>
       <x:c r="E6" t="str">
         <x:v>AR</x:v>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>71913-7348</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>5015250268</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v/>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>5/21/2019</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v/>
+        <x:v>0CMM5</x:v>
       </x:c>
       <x:c r="K6" t="str">
-        <x:v/>
+        <x:v>197035405</x:v>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="P6" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R6" t="str">
         <x:v/>
       </x:c>
       <x:c r="S6" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v>Type 1 only</x:v>
       </x:c>
@@ -613,54 +613,54 @@
       <x:c r="B7" t="str">
         <x:v>CRAFT MANUFACTURING  TOOLING INC</x:v>
       </x:c>
       <x:c r="C7" t="str">
         <x:v>7152 Central Ave</x:v>
       </x:c>
       <x:c r="D7" t="str">
         <x:v>HOT SPRINGS NATIONAL PARK</x:v>
       </x:c>
       <x:c r="E7" t="str">
         <x:v>AR</x:v>
       </x:c>
       <x:c r="F7" t="str">
         <x:v>71913-7348</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v>5015250268</x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v/>
       </x:c>
       <x:c r="I7" t="str">
         <x:v>5/21/2019</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v/>
+        <x:v>0CMM5</x:v>
       </x:c>
       <x:c r="K7" t="str">
-        <x:v/>
+        <x:v>197035405</x:v>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="N7" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="P7" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R7" t="str">
         <x:v/>
       </x:c>
       <x:c r="S7" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v>Limited to Types I, IB, and II. Limited to dichromate seal on E2 programs</x:v>
       </x:c>