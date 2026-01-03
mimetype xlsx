--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ad1e886b97e4f4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94d12a6c5f624260" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb612c1622995438c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R0ef91dcb7d2f4769"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb612c1622995438c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ef91dcb7d2f4769" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -259,53 +259,51 @@
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v>GSS 5310</x:v>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>Peening of Ferrous and Non-Ferrous Alloys</x:v>
       </x:c>
       <x:c r="P3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
       <x:c r="S3" t="str">
         <x:v>Miscellaneous</x:v>
       </x:c>
       <x:c r="T3" t="str">
-        <x:v>Manual peening requires NGC MP approval.
-[...1 lines deleted...]
-</x:v>
+        <x:v>Not approved for post-peen chemical/acid cleaning. Manual peening requires NGC MP approval</x:v>
       </x:c>
       <x:c r="U3" t="n">
         <x:v>267</x:v>
       </x:c>
       <x:c r="V3" t="n">
         <x:v>19189</x:v>
       </x:c>
       <x:c r="W3" t="n">
         <x:v>14852</x:v>
       </x:c>
       <x:c r="X3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
@@ -356,51 +354,51 @@
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v>GSS 5314</x:v>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>Peen Forming of Ferrous and Non-Ferrous Alloys</x:v>
       </x:c>
       <x:c r="P4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
         <x:v>Miscellaneous</x:v>
       </x:c>
       <x:c r="T4" t="str">
-        <x:v>Not approved for post-peen chemical/acid cleaning. Manual peening requires NGC MP approval</x:v>
+        <x:v>Not approved for post-peen chemical/acid cleaning.</x:v>
       </x:c>
       <x:c r="U4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="V4" t="n">
         <x:v>19189</x:v>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>14853</x:v>
       </x:c>
       <x:c r="X4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>US</x:v>
       </x:c>
@@ -451,52 +449,51 @@
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v>R-317</x:v>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>Shot Peening</x:v>
       </x:c>
       <x:c r="P5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
       <x:c r="S5" t="str">
         <x:v>Miscellaneous</x:v>
       </x:c>
       <x:c r="T5" t="str">
-        <x:v>Not approved for post-peen chemical/acid cleaning
-Supplier needs to submit peening technique to their customer for MP approval.
+        <x:v>Not approved for post-peen chemical/acid cleaning Manual peening requires NGC MP approval
 </x:v>
       </x:c>
       <x:c r="U5" t="n">
         <x:v>308</x:v>
       </x:c>
       <x:c r="V5" t="n">
         <x:v>19189</x:v>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>28912</x:v>
       </x:c>
       <x:c r="X5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>