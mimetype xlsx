--- v1 (2026-01-03)
+++ v2 (2026-03-10)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94d12a6c5f624260" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02e56c657eac49ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R0ef91dcb7d2f4769"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfe95fd8cf4a048d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ef91dcb7d2f4769" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfe95fd8cf4a048d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">