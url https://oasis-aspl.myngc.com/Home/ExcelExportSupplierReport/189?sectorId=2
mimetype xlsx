--- v0 (2025-11-03)
+++ v1 (2026-02-28)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f0b518d790d4dfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec63c8e8635f44b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7961c4ae00f24ebb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6e3dc0cc82934085"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7961c4ae00f24ebb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e3dc0cc82934085" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1249,28 +1249,218 @@
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
+    <x:row r="14">
+      <x:c r="A14" t="str">
+        <x:v>90050735</x:v>
+      </x:c>
+      <x:c r="B14" t="str">
+        <x:v>HERCULES HEAT TREATING CORPORA                    </x:v>
+      </x:c>
+      <x:c r="C14" t="str">
+        <x:v>101 CLASSON AVE # 105               </x:v>
+      </x:c>
+      <x:c r="D14" t="str">
+        <x:v>BROOKLYN                            </x:v>
+      </x:c>
+      <x:c r="E14" t="str">
+        <x:v>NY </x:v>
+      </x:c>
+      <x:c r="F14" t="str">
+        <x:v>11205-1401                          </x:v>
+      </x:c>
+      <x:c r="G14" t="str">
+        <x:v>718-625-1266</x:v>
+      </x:c>
+      <x:c r="H14" t="str">
+        <x:v>718-875-0582</x:v>
+      </x:c>
+      <x:c r="I14" t="str">
+        <x:v>1/1/2004</x:v>
+      </x:c>
+      <x:c r="J14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N14" t="str">
+        <x:v>HT-15</x:v>
+      </x:c>
+      <x:c r="O14" t="str">
+        <x:v>Heat Treatment of Alloy Steels , Over 260,000 psi</x:v>
+      </x:c>
+      <x:c r="P14" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="R14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S14" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="T14" t="str">
+        <x:v>Ref RCI RB227706 for pyrometry</x:v>
+      </x:c>
+      <x:c r="U14" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="V14" t="n">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="W14" t="n">
+        <x:v>30505</x:v>
+      </x:c>
+      <x:c r="X14" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y14" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z14" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA14" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB14" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC14" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD14" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE14" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF14" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15">
+      <x:c r="A15" t="str">
+        <x:v>90050735</x:v>
+      </x:c>
+      <x:c r="B15" t="str">
+        <x:v>HERCULES HEAT TREATING CORPORA                    </x:v>
+      </x:c>
+      <x:c r="C15" t="str">
+        <x:v>101 CLASSON AVE # 105               </x:v>
+      </x:c>
+      <x:c r="D15" t="str">
+        <x:v>BROOKLYN                            </x:v>
+      </x:c>
+      <x:c r="E15" t="str">
+        <x:v>NY </x:v>
+      </x:c>
+      <x:c r="F15" t="str">
+        <x:v>11205-1401                          </x:v>
+      </x:c>
+      <x:c r="G15" t="str">
+        <x:v>718-625-1266</x:v>
+      </x:c>
+      <x:c r="H15" t="str">
+        <x:v>718-875-0582</x:v>
+      </x:c>
+      <x:c r="I15" t="str">
+        <x:v>1/1/2004</x:v>
+      </x:c>
+      <x:c r="J15" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K15" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L15" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M15" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N15" t="str">
+        <x:v>MA-86</x:v>
+      </x:c>
+      <x:c r="O15" t="str">
+        <x:v>Straightening of Alloy and CRES 400 Series Steel Parts</x:v>
+      </x:c>
+      <x:c r="P15" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="R15" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S15" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="T15" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U15" t="n">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="V15" t="n">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="W15" t="n">
+        <x:v>30506</x:v>
+      </x:c>
+      <x:c r="X15" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y15" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z15" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA15" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB15" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC15" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD15" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE15" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF15" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>