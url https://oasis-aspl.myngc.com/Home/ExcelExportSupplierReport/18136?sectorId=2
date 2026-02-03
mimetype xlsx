--- v0 (2025-11-03)
+++ v1 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd5edff0bf704ae2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09038babcdc24923" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rec72b4474ea3447f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rcb199d08caa3441c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec72b4474ea3447f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcb199d08caa3441c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,66 +113,66 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>NadcapApproved</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>90068156</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>EVONIK FOAMS INC</x:v>
+        <x:v>EVONIK CORPORATION</x:v>
       </x:c>
       <x:c r="C2" t="str">
         <x:v>4375 INDUSTRIAL RD</x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v>THEODORE</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>AL</x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>36582</x:v>
+        <x:v>36582-7286</x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>866-764-6235</x:v>
+        <x:v>8667646235</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>866-764-6329</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>7/11/2018</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>ACS-PRS-5053</x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>Machining of Nonmetallic Honeycomb Details</x:v>
       </x:c>
@@ -210,66 +210,66 @@
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>False</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>90068156</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>EVONIK FOAMS INC</x:v>
+        <x:v>EVONIK CORPORATION</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>4375 INDUSTRIAL RD</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v>THEODORE</x:v>
       </x:c>
       <x:c r="E3" t="str">
         <x:v>AL</x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>36582</x:v>
+        <x:v>36582-7286</x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>866-764-6235</x:v>
+        <x:v>8667646235</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>866-764-6329</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>7/11/2018</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v/>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>