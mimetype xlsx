--- v1 (2026-02-03)
+++ v2 (2026-03-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09038babcdc24923" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa0be20db7534faf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rcb199d08caa3441c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R732cae4a04cc4f0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcb199d08caa3441c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R732cae4a04cc4f0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">