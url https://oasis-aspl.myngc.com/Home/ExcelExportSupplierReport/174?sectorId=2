--- v0 (2025-11-02)
+++ v1 (2025-12-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf944c23c0d047c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac09083f0c4a4b7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5039a664d15643d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rad6d2ef8b1de4784"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5039a664d15643d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rad6d2ef8b1de4784" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1955,78 +1955,78 @@
       <x:c r="E21" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F21" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G21" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H21" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I21" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J21" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K21" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
-        <x:v/>
+        <x:v>Inactive, however, when an approved processor is required for the superseded specification, submit a P0-F005 for process approval to Alexander Dunn with a candidate processor name.</x:v>
       </x:c>
       <x:c r="N21" t="str">
-        <x:v>FP-6.1</x:v>
+        <x:v>FP-17.3</x:v>
       </x:c>
       <x:c r="O21" t="str">
-        <x:v>Chromium Plating Electrodeposited</x:v>
+        <x:v>Heavy Phosphate Coating, Manganese Base, for Ferrous Alloys</x:v>
       </x:c>
       <x:c r="P21" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R21" t="str">
         <x:v/>
       </x:c>
       <x:c r="S21" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T21" t="str">
-        <x:v/>
+        <x:v>Limited to approved RC/I BR 132915</x:v>
       </x:c>
       <x:c r="U21" t="n">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="V21" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W21" t="n">
-        <x:v>6070</x:v>
+        <x:v>30527</x:v>
       </x:c>
       <x:c r="X21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB21" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2053,75 +2053,75 @@
       <x:c r="F22" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G22" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H22" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I22" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J22" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K22" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L22" t="str">
         <x:v/>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
-        <x:v>FP-87</x:v>
+        <x:v>FP-6.1</x:v>
       </x:c>
       <x:c r="O22" t="str">
-        <x:v>Sulfuric Acid Anodizing of Aluminum and Aluminum Alloys</x:v>
+        <x:v>Chromium Plating Electrodeposited</x:v>
       </x:c>
       <x:c r="P22" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R22" t="str">
         <x:v/>
       </x:c>
       <x:c r="S22" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T22" t="str">
         <x:v/>
       </x:c>
       <x:c r="U22" t="n">
-        <x:v>94</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="V22" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W22" t="n">
-        <x:v>1114</x:v>
+        <x:v>6070</x:v>
       </x:c>
       <x:c r="X22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z22" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB22" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2148,75 +2148,75 @@
       <x:c r="F23" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G23" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H23" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I23" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J23" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K23" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
-        <x:v>FP-92</x:v>
+        <x:v>FP-61</x:v>
       </x:c>
       <x:c r="O23" t="str">
-        <x:v>Cadmium Plating Parts by Electrodeposition (Less Than 220,000 psi), Control</x:v>
+        <x:v>Vacuum Deposited Cadmium Coatings</x:v>
       </x:c>
       <x:c r="P23" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R23" t="str">
         <x:v/>
       </x:c>
       <x:c r="S23" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v/>
       </x:c>
       <x:c r="U23" t="n">
-        <x:v>96</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="V23" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W23" t="n">
-        <x:v>1060</x:v>
+        <x:v>30526</x:v>
       </x:c>
       <x:c r="X23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z23" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2243,75 +2243,75 @@
       <x:c r="F24" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G24" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H24" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I24" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J24" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K24" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
-        <x:v>FP-93</x:v>
+        <x:v>FP-87</x:v>
       </x:c>
       <x:c r="O24" t="str">
-        <x:v>Cadmium Plating - High Strength Steels by Electrodeposition (220,000 psi</x:v>
+        <x:v>Sulfuric Acid Anodizing of Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="P24" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R24" t="str">
         <x:v/>
       </x:c>
       <x:c r="S24" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T24" t="str">
         <x:v/>
       </x:c>
       <x:c r="U24" t="n">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="V24" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W24" t="n">
-        <x:v>1061</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="X24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2338,75 +2338,75 @@
       <x:c r="F25" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G25" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H25" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I25" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J25" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K25" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
-        <x:v>GSS 18400</x:v>
+        <x:v>FP-92</x:v>
       </x:c>
       <x:c r="O25" t="str">
-        <x:v>Cylindrical Grinding of Unplated and Chromium Plated Steel Parts</x:v>
+        <x:v>Cadmium Plating Parts by Electrodeposition (Less Than 220,000 psi), Control</x:v>
       </x:c>
       <x:c r="P25" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R25" t="str">
         <x:v/>
       </x:c>
       <x:c r="S25" t="str">
-        <x:v>Miscellaneous</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T25" t="str">
         <x:v/>
       </x:c>
       <x:c r="U25" t="n">
-        <x:v>265</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="V25" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W25" t="n">
-        <x:v>1746</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="X25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z25" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2433,75 +2433,75 @@
       <x:c r="F26" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G26" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H26" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I26" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J26" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K26" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L26" t="str">
         <x:v/>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
-        <x:v>GSS 4306</x:v>
+        <x:v>FP-93</x:v>
       </x:c>
       <x:c r="O26" t="str">
-        <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
+        <x:v>Cadmium Plating - High Strength Steels by Electrodeposition (220,000 psi</x:v>
       </x:c>
       <x:c r="P26" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R26" t="str">
         <x:v/>
       </x:c>
       <x:c r="S26" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T26" t="str">
         <x:v/>
       </x:c>
       <x:c r="U26" t="n">
-        <x:v>110</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="V26" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W26" t="n">
-        <x:v>1749</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="X26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2528,75 +2528,75 @@
       <x:c r="F27" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G27" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H27" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I27" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J27" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K27" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
-        <x:v>GSS 4310</x:v>
+        <x:v>GSS 18400</x:v>
       </x:c>
       <x:c r="O27" t="str">
-        <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
+        <x:v>Cylindrical Grinding of Unplated and Chromium Plated Steel Parts</x:v>
       </x:c>
       <x:c r="P27" t="n">
-        <x:v>3</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="R27" t="str">
         <x:v/>
       </x:c>
       <x:c r="S27" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Miscellaneous</x:v>
       </x:c>
       <x:c r="T27" t="str">
-        <x:v>Approved cure schedule per RCI R140383.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U27" t="n">
-        <x:v>111</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="V27" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W27" t="n">
-        <x:v>1751</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="X27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2623,75 +2623,75 @@
       <x:c r="F28" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G28" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H28" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I28" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J28" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K28" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
-        <x:v>GSS 4510</x:v>
+        <x:v>GSS 4306</x:v>
       </x:c>
       <x:c r="O28" t="str">
-        <x:v>Coating, Polyurethane, Application of</x:v>
+        <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
       </x:c>
       <x:c r="P28" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R28" t="str">
         <x:v/>
       </x:c>
       <x:c r="S28" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T28" t="str">
         <x:v/>
       </x:c>
       <x:c r="U28" t="n">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="V28" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W28" t="n">
-        <x:v>1752</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="X28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z28" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA28" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB28" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2718,75 +2718,75 @@
       <x:c r="F29" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G29" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H29" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I29" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J29" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K29" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L29" t="str">
         <x:v/>
       </x:c>
       <x:c r="M29" t="str">
         <x:v/>
       </x:c>
       <x:c r="N29" t="str">
-        <x:v>GSS 5100</x:v>
+        <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="O29" t="str">
-        <x:v>Heat Treatment of Low Alloy Steel</x:v>
+        <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="P29" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R29" t="str">
         <x:v/>
       </x:c>
       <x:c r="S29" t="str">
-        <x:v>Heat Treat</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T29" t="str">
-        <x:v>Limited to stress relief only</x:v>
+        <x:v>Approved cure schedule per RCI R140383.</x:v>
       </x:c>
       <x:c r="U29" t="n">
-        <x:v>216</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="V29" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W29" t="n">
-        <x:v>6081</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="X29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z29" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA29" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB29" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE29" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2810,78 +2810,78 @@
       <x:c r="E30" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F30" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G30" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H30" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I30" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J30" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K30" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L30" t="str">
         <x:v/>
       </x:c>
       <x:c r="M30" t="str">
-        <x:v>GSS 7021 requires NGAS approval only when referenced in structural adhesive bonding specifications: GSS 7022  GSS 20XXX.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N30" t="str">
-        <x:v>GSS 7021</x:v>
+        <x:v>GSS 4510</x:v>
       </x:c>
       <x:c r="O30" t="str">
-        <x:v>Acid Cleaning of Ferrous Alloys</x:v>
+        <x:v>Coating, Polyurethane, Application of</x:v>
       </x:c>
       <x:c r="P30" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R30" t="str">
         <x:v/>
       </x:c>
       <x:c r="S30" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T30" t="str">
         <x:v/>
       </x:c>
       <x:c r="U30" t="n">
-        <x:v>116</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="V30" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W30" t="n">
-        <x:v>1068</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="X30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z30" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA30" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB30" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE30" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2908,75 +2908,75 @@
       <x:c r="F31" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G31" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H31" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I31" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J31" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K31" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L31" t="str">
         <x:v/>
       </x:c>
       <x:c r="M31" t="str">
         <x:v/>
       </x:c>
       <x:c r="N31" t="str">
-        <x:v>GSS 8060</x:v>
+        <x:v>GSS 5100</x:v>
       </x:c>
       <x:c r="O31" t="str">
-        <x:v>Brush Plating of Ferrous and Nonferrous Alloys</x:v>
+        <x:v>Heat Treatment of Low Alloy Steel</x:v>
       </x:c>
       <x:c r="P31" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="R31" t="str">
         <x:v/>
       </x:c>
       <x:c r="S31" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="T31" t="str">
-        <x:v>Salt spray test per approved RCI 192759</x:v>
+        <x:v>Limited to stress relief only</x:v>
       </x:c>
       <x:c r="U31" t="n">
-        <x:v>121</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="V31" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W31" t="n">
-        <x:v>6083</x:v>
+        <x:v>6081</x:v>
       </x:c>
       <x:c r="X31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z31" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA31" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB31" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE31" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3000,78 +3000,78 @@
       <x:c r="E32" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F32" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G32" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H32" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I32" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J32" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K32" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L32" t="str">
         <x:v/>
       </x:c>
       <x:c r="M32" t="str">
-        <x:v/>
+        <x:v>GSS 7021 requires NGAS approval only when referenced in structural adhesive bonding specifications: GSS 7022  GSS 20XXX.</x:v>
       </x:c>
       <x:c r="N32" t="str">
-        <x:v>GSS 8250</x:v>
+        <x:v>GSS 7021</x:v>
       </x:c>
       <x:c r="O32" t="str">
-        <x:v>Chromium Plating (Electrodeposited)</x:v>
+        <x:v>Acid Cleaning of Ferrous Alloys</x:v>
       </x:c>
       <x:c r="P32" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R32" t="str">
         <x:v/>
       </x:c>
       <x:c r="S32" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T32" t="str">
         <x:v/>
       </x:c>
       <x:c r="U32" t="n">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="V32" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W32" t="n">
-        <x:v>1071</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="X32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z32" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA32" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB32" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE32" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3098,75 +3098,75 @@
       <x:c r="F33" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G33" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H33" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I33" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J33" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K33" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L33" t="str">
         <x:v/>
       </x:c>
       <x:c r="M33" t="str">
         <x:v/>
       </x:c>
       <x:c r="N33" t="str">
-        <x:v>IT-61</x:v>
+        <x:v>GSS 8060</x:v>
       </x:c>
       <x:c r="O33" t="str">
-        <x:v>Magnetic Particle Inspection</x:v>
+        <x:v>Brush Plating of Ferrous and Nonferrous Alloys</x:v>
       </x:c>
       <x:c r="P33" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R33" t="str">
         <x:v/>
       </x:c>
       <x:c r="S33" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T33" t="str">
-        <x:v>Limited to RCI RB138971.</x:v>
+        <x:v>Salt spray test per approved RCI 192759</x:v>
       </x:c>
       <x:c r="U33" t="n">
-        <x:v>338</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="V33" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W33" t="n">
-        <x:v>523</x:v>
+        <x:v>6083</x:v>
       </x:c>
       <x:c r="X33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z33" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA33" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB33" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE33" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3193,75 +3193,75 @@
       <x:c r="F34" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G34" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H34" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I34" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J34" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K34" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L34" t="str">
         <x:v/>
       </x:c>
       <x:c r="M34" t="str">
         <x:v/>
       </x:c>
       <x:c r="N34" t="str">
-        <x:v>IT-69</x:v>
+        <x:v>GSS 8250</x:v>
       </x:c>
       <x:c r="O34" t="str">
-        <x:v>Nital Etch Inspection of High Strength Steel Parts</x:v>
+        <x:v>Chromium Plating (Electrodeposited)</x:v>
       </x:c>
       <x:c r="P34" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R34" t="str">
         <x:v/>
       </x:c>
       <x:c r="S34" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T34" t="str">
-        <x:v>Approved nital etch procedure, EP-33-IT69</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U34" t="n">
-        <x:v>341</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="V34" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W34" t="n">
-        <x:v>14894</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="X34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z34" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA34" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB34" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE34" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3288,75 +3288,75 @@
       <x:c r="F35" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G35" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H35" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I35" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J35" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K35" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L35" t="str">
         <x:v/>
       </x:c>
       <x:c r="M35" t="str">
         <x:v/>
       </x:c>
       <x:c r="N35" t="str">
-        <x:v>MIL-DTL-13924</x:v>
+        <x:v>IT-61</x:v>
       </x:c>
       <x:c r="O35" t="str">
-        <x:v>Coating, Oxide, Black, for Ferrous Metals</x:v>
+        <x:v>Magnetic Particle Inspection</x:v>
       </x:c>
       <x:c r="P35" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R35" t="str">
         <x:v/>
       </x:c>
       <x:c r="S35" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T35" t="str">
-        <x:v>Class 1 only</x:v>
+        <x:v>Limited to RCI RB138971.</x:v>
       </x:c>
       <x:c r="U35" t="n">
-        <x:v>537</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="V35" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W35" t="n">
-        <x:v>377</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="X35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z35" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA35" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB35" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE35" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3383,75 +3383,75 @@
       <x:c r="F36" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G36" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H36" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I36" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J36" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K36" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L36" t="str">
         <x:v/>
       </x:c>
       <x:c r="M36" t="str">
         <x:v/>
       </x:c>
       <x:c r="N36" t="str">
-        <x:v>MIL-DTL-16232</x:v>
+        <x:v>IT-69</x:v>
       </x:c>
       <x:c r="O36" t="str">
-        <x:v>Phosphate Coating, Heavy, Manganese or Zinc Base</x:v>
+        <x:v>Nital Etch Inspection of High Strength Steel Parts</x:v>
       </x:c>
       <x:c r="P36" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R36" t="str">
         <x:v/>
       </x:c>
       <x:c r="S36" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T36" t="str">
-        <x:v/>
+        <x:v>Approved nital etch procedure, EP-33-IT69</x:v>
       </x:c>
       <x:c r="U36" t="n">
-        <x:v>169</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="V36" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W36" t="n">
-        <x:v>1081</x:v>
+        <x:v>14894</x:v>
       </x:c>
       <x:c r="X36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z36" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA36" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB36" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE36" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3478,75 +3478,75 @@
       <x:c r="F37" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G37" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H37" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I37" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J37" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K37" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L37" t="str">
         <x:v/>
       </x:c>
       <x:c r="M37" t="str">
         <x:v/>
       </x:c>
       <x:c r="N37" t="str">
-        <x:v>MIL-DTL-18264</x:v>
+        <x:v>MIL-DTL-13924</x:v>
       </x:c>
       <x:c r="O37" t="str">
-        <x:v>Finishes Organic, Weapons System, Application and Control of</x:v>
+        <x:v>Coating, Oxide, Black, for Ferrous Metals</x:v>
       </x:c>
       <x:c r="P37" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R37" t="str">
         <x:v/>
       </x:c>
       <x:c r="S37" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T37" t="str">
-        <x:v/>
+        <x:v>Class 1 only</x:v>
       </x:c>
       <x:c r="U37" t="n">
-        <x:v>3934</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="V37" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W37" t="n">
-        <x:v>26126</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="X37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z37" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA37" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB37" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE37" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3573,75 +3573,75 @@
       <x:c r="F38" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G38" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H38" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I38" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J38" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K38" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L38" t="str">
         <x:v/>
       </x:c>
       <x:c r="M38" t="str">
         <x:v/>
       </x:c>
       <x:c r="N38" t="str">
-        <x:v>MIL-DTL-5541</x:v>
+        <x:v>MIL-DTL-16232</x:v>
       </x:c>
       <x:c r="O38" t="str">
-        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
+        <x:v>Phosphate Coating, Heavy, Manganese or Zinc Base</x:v>
       </x:c>
       <x:c r="P38" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R38" t="str">
         <x:v/>
       </x:c>
       <x:c r="S38" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T38" t="str">
-        <x:v>Type 1  Type 2</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U38" t="n">
-        <x:v>525</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="V38" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W38" t="n">
-        <x:v>24669</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="X38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z38" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA38" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB38" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE38" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3668,75 +3668,75 @@
       <x:c r="F39" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G39" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H39" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I39" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J39" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K39" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L39" t="str">
         <x:v/>
       </x:c>
       <x:c r="M39" t="str">
         <x:v/>
       </x:c>
       <x:c r="N39" t="str">
-        <x:v>MIL-DTL-83488</x:v>
+        <x:v>MIL-DTL-18264</x:v>
       </x:c>
       <x:c r="O39" t="str">
-        <x:v>Coating, Aluminum, High Purity (IVD)</x:v>
+        <x:v>Finishes Organic, Weapons System, Application and Control of</x:v>
       </x:c>
       <x:c r="P39" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R39" t="str">
         <x:v/>
       </x:c>
       <x:c r="S39" t="str">
-        <x:v>Finishes/Coatings</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T39" t="str">
         <x:v/>
       </x:c>
       <x:c r="U39" t="n">
-        <x:v>444</x:v>
+        <x:v>3934</x:v>
       </x:c>
       <x:c r="V39" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W39" t="n">
-        <x:v>26127</x:v>
+        <x:v>26126</x:v>
       </x:c>
       <x:c r="X39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z39" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA39" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB39" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE39" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3760,79 +3760,78 @@
       <x:c r="E40" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F40" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G40" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H40" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I40" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J40" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K40" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L40" t="str">
         <x:v/>
       </x:c>
       <x:c r="M40" t="str">
-        <x:v>Replaces MIL-L-46010</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N40" t="str">
-        <x:v>MIL-PRF-46010</x:v>
+        <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="O40" t="str">
-        <x:v>Dry Film Lube
-Superseded by AS5272 for Ty I  II only</x:v>
+        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="P40" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R40" t="str">
         <x:v/>
       </x:c>
       <x:c r="S40" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T40" t="str">
-        <x:v/>
+        <x:v>Type 1  Type 2</x:v>
       </x:c>
       <x:c r="U40" t="n">
-        <x:v>526</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="V40" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W40" t="n">
-        <x:v>24870</x:v>
+        <x:v>24669</x:v>
       </x:c>
       <x:c r="X40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z40" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA40" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB40" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE40" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3859,75 +3858,75 @@
       <x:c r="F41" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G41" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H41" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I41" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J41" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K41" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L41" t="str">
         <x:v/>
       </x:c>
       <x:c r="M41" t="str">
         <x:v/>
       </x:c>
       <x:c r="N41" t="str">
-        <x:v>MIL-PRF-46147</x:v>
+        <x:v>MIL-DTL-83488</x:v>
       </x:c>
       <x:c r="O41" t="str">
-        <x:v>Lubricant, Solid Film, Air Cured (Corrosion Inhibiting)</x:v>
+        <x:v>Coating, Aluminum, High Purity (IVD)</x:v>
       </x:c>
       <x:c r="P41" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="R41" t="str">
         <x:v/>
       </x:c>
       <x:c r="S41" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Finishes/Coatings</x:v>
       </x:c>
       <x:c r="T41" t="str">
         <x:v/>
       </x:c>
       <x:c r="U41" t="n">
-        <x:v>554</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="V41" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W41" t="n">
-        <x:v>29729</x:v>
+        <x:v>26127</x:v>
       </x:c>
       <x:c r="X41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z41" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA41" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB41" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE41" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3951,78 +3950,79 @@
       <x:c r="E42" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F42" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G42" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H42" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I42" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J42" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K42" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L42" t="str">
         <x:v/>
       </x:c>
       <x:c r="M42" t="str">
-        <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
+        <x:v>Replaces MIL-L-46010</x:v>
       </x:c>
       <x:c r="N42" t="str">
-        <x:v>MIL-PRF-8625</x:v>
+        <x:v>MIL-PRF-46010</x:v>
       </x:c>
       <x:c r="O42" t="str">
-        <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
+        <x:v>Dry Film Lube
+Superseded by AS5272 for Ty I  II only</x:v>
       </x:c>
       <x:c r="P42" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R42" t="str">
         <x:v/>
       </x:c>
       <x:c r="S42" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T42" t="str">
-        <x:v>5% sodium dichromate seal is required when Mil-PRF-8625 anodize is called out on E2, F35 engineering drawings.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U42" t="n">
-        <x:v>3942</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="V42" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W42" t="n">
-        <x:v>23634</x:v>
+        <x:v>24870</x:v>
       </x:c>
       <x:c r="X42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z42" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA42" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB42" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE42" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -4049,75 +4049,75 @@
       <x:c r="F43" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G43" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H43" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I43" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J43" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K43" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L43" t="str">
         <x:v/>
       </x:c>
       <x:c r="M43" t="str">
         <x:v/>
       </x:c>
       <x:c r="N43" t="str">
-        <x:v>MPD 1074</x:v>
+        <x:v>MIL-PRF-46147</x:v>
       </x:c>
       <x:c r="O43" t="str">
-        <x:v>Cleaning of Aluminum Alloy Parts</x:v>
+        <x:v>Lubricant, Solid Film, Air Cured (Corrosion Inhibiting)</x:v>
       </x:c>
       <x:c r="P43" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R43" t="str">
         <x:v/>
       </x:c>
       <x:c r="S43" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T43" t="str">
-        <x:v>Limited to Embee procedure EP-19A-1</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U43" t="n">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="V43" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W43" t="n">
-        <x:v>1103</x:v>
+        <x:v>29729</x:v>
       </x:c>
       <x:c r="X43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z43" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA43" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB43" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE43" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -4141,85 +4141,275 @@
       <x:c r="E44" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F44" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="G44" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="H44" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I44" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J44" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K44" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L44" t="str">
         <x:v/>
       </x:c>
       <x:c r="M44" t="str">
-        <x:v/>
+        <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="N44" t="str">
-        <x:v>NGT23K</x:v>
+        <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="O44" t="str">
-        <x:v>Magnetic Particle Method of Inspection for Non-Destructive Test</x:v>
+        <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="P44" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R44" t="str">
         <x:v/>
       </x:c>
       <x:c r="S44" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T44" t="str">
-        <x:v/>
+        <x:v>5% sodium dichromate seal is required when Mil-PRF-8625 anodize is called out on E2, F35 engineering drawings.</x:v>
       </x:c>
       <x:c r="U44" t="n">
-        <x:v>550</x:v>
+        <x:v>3942</x:v>
       </x:c>
       <x:c r="V44" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W44" t="n">
-        <x:v>2036</x:v>
+        <x:v>23634</x:v>
       </x:c>
       <x:c r="X44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z44" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA44" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB44" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF44" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45">
+      <x:c r="A45" t="str">
+        <x:v>90024581</x:v>
+      </x:c>
+      <x:c r="B45" t="str">
+        <x:v>EMBEE PROCESSING, LLC</x:v>
+      </x:c>
+      <x:c r="C45" t="str">
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
+      </x:c>
+      <x:c r="D45" t="str">
+        <x:v>SANTA ANA</x:v>
+      </x:c>
+      <x:c r="E45" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F45" t="str">
+        <x:v>92705-5248</x:v>
+      </x:c>
+      <x:c r="G45" t="str">
+        <x:v>7145469842</x:v>
+      </x:c>
+      <x:c r="H45" t="str">
+        <x:v>714-546-4037</x:v>
+      </x:c>
+      <x:c r="I45" t="str">
+        <x:v>1/1/2004</x:v>
+      </x:c>
+      <x:c r="J45" t="str">
+        <x:v>8H252</x:v>
+      </x:c>
+      <x:c r="K45" t="str">
+        <x:v>009659541</x:v>
+      </x:c>
+      <x:c r="L45" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M45" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N45" t="str">
+        <x:v>MPD 1074</x:v>
+      </x:c>
+      <x:c r="O45" t="str">
+        <x:v>Cleaning of Aluminum Alloy Parts</x:v>
+      </x:c>
+      <x:c r="P45" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="R45" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S45" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="T45" t="str">
+        <x:v>Limited to Embee procedure EP-19A-1</x:v>
+      </x:c>
+      <x:c r="U45" t="n">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="V45" t="n">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="W45" t="n">
+        <x:v>1103</x:v>
+      </x:c>
+      <x:c r="X45" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y45" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z45" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA45" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB45" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC45" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD45" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE45" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF45" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46">
+      <x:c r="A46" t="str">
+        <x:v>90024581</x:v>
+      </x:c>
+      <x:c r="B46" t="str">
+        <x:v>EMBEE PROCESSING, LLC</x:v>
+      </x:c>
+      <x:c r="C46" t="str">
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
+      </x:c>
+      <x:c r="D46" t="str">
+        <x:v>SANTA ANA</x:v>
+      </x:c>
+      <x:c r="E46" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F46" t="str">
+        <x:v>92705-5248</x:v>
+      </x:c>
+      <x:c r="G46" t="str">
+        <x:v>7145469842</x:v>
+      </x:c>
+      <x:c r="H46" t="str">
+        <x:v>714-546-4037</x:v>
+      </x:c>
+      <x:c r="I46" t="str">
+        <x:v>1/1/2004</x:v>
+      </x:c>
+      <x:c r="J46" t="str">
+        <x:v>8H252</x:v>
+      </x:c>
+      <x:c r="K46" t="str">
+        <x:v>009659541</x:v>
+      </x:c>
+      <x:c r="L46" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M46" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N46" t="str">
+        <x:v>NGT23K</x:v>
+      </x:c>
+      <x:c r="O46" t="str">
+        <x:v>Magnetic Particle Method of Inspection for Non-Destructive Test</x:v>
+      </x:c>
+      <x:c r="P46" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="R46" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S46" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="T46" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U46" t="n">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="V46" t="n">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="W46" t="n">
+        <x:v>2036</x:v>
+      </x:c>
+      <x:c r="X46" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y46" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z46" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA46" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB46" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC46" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD46" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE46" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF46" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>