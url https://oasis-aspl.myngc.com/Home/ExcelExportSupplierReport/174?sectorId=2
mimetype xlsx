--- v1 (2025-12-19)
+++ v2 (2026-02-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac09083f0c4a4b7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b5556f5461841d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rad6d2ef8b1de4784"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R90954a00cc2d48f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rad6d2ef8b1de4784" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R90954a00cc2d48f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1679,57 +1679,57 @@
       <x:c r="H18" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="I18" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J18" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v>009659541</x:v>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v>ASTM B117</x:v>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
       </x:c>
       <x:c r="P18" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="R18" t="str">
         <x:v/>
       </x:c>
       <x:c r="S18" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Materials Testing</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v>In-house testing support only</x:v>
       </x:c>
       <x:c r="U18" t="n">
         <x:v>321</x:v>
       </x:c>
       <x:c r="V18" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>1955</x:v>
       </x:c>
       <x:c r="X18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA18" t="str">
         <x:v>United States</x:v>
       </x:c>