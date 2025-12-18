--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ae3ea89ea59427a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf23513c7a536491b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R4412c5ee54f040ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rba4a42b27ecd4fbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4412c5ee54f040ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rba4a42b27ecd4fbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -2143,78 +2143,78 @@
       <x:c r="E23" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F23" t="str">
         <x:v>90064-1402                          </x:v>
       </x:c>
       <x:c r="G23" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H23" t="str">
         <x:v/>
       </x:c>
       <x:c r="I23" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J23" t="str">
         <x:v/>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
-        <x:v/>
+        <x:v>Inactive, however, when an approved processor is required for the superseded specification, submit a P0-F005 for process approval to Alexander Dunn with a candidate processor name.</x:v>
       </x:c>
       <x:c r="N23" t="str">
-        <x:v>FP-98</x:v>
+        <x:v>FP-94</x:v>
       </x:c>
       <x:c r="O23" t="str">
-        <x:v>Electroless Nickel Coatings (Parts Less Than 220,000 psi)</x:v>
+        <x:v>Application of Rust Inhibiting Primer TTP664</x:v>
       </x:c>
       <x:c r="P23" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R23" t="str">
         <x:v/>
       </x:c>
       <x:c r="S23" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v/>
       </x:c>
       <x:c r="U23" t="n">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="V23" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="W23" t="n">
-        <x:v>990</x:v>
+        <x:v>30525</x:v>
       </x:c>
       <x:c r="X23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z23" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2241,75 +2241,75 @@
       <x:c r="F24" t="str">
         <x:v>90064-1402                          </x:v>
       </x:c>
       <x:c r="G24" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H24" t="str">
         <x:v/>
       </x:c>
       <x:c r="I24" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J24" t="str">
         <x:v/>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
-        <x:v>GP 17 G</x:v>
+        <x:v>FP-98</x:v>
       </x:c>
       <x:c r="O24" t="str">
-        <x:v>Procedure, Etching prior to Penetrant Inspection</x:v>
+        <x:v>Electroless Nickel Coatings (Parts Less Than 220,000 psi)</x:v>
       </x:c>
       <x:c r="P24" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R24" t="str">
         <x:v/>
       </x:c>
       <x:c r="S24" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T24" t="str">
         <x:v/>
       </x:c>
       <x:c r="U24" t="n">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="V24" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="W24" t="n">
-        <x:v>14757</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="X24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2336,75 +2336,75 @@
       <x:c r="F25" t="str">
         <x:v>90064-1402                          </x:v>
       </x:c>
       <x:c r="G25" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H25" t="str">
         <x:v/>
       </x:c>
       <x:c r="I25" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J25" t="str">
         <x:v/>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
-        <x:v>GSS 4306</x:v>
+        <x:v>GP 17 G</x:v>
       </x:c>
       <x:c r="O25" t="str">
-        <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
+        <x:v>Procedure, Etching prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P25" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R25" t="str">
         <x:v/>
       </x:c>
       <x:c r="S25" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T25" t="str">
         <x:v/>
       </x:c>
       <x:c r="U25" t="n">
-        <x:v>110</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="V25" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="W25" t="n">
-        <x:v>14756</x:v>
+        <x:v>14757</x:v>
       </x:c>
       <x:c r="X25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z25" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2431,75 +2431,75 @@
       <x:c r="F26" t="str">
         <x:v>90064-1402                          </x:v>
       </x:c>
       <x:c r="G26" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H26" t="str">
         <x:v/>
       </x:c>
       <x:c r="I26" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J26" t="str">
         <x:v/>
       </x:c>
       <x:c r="K26" t="str">
         <x:v/>
       </x:c>
       <x:c r="L26" t="str">
         <x:v/>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
-        <x:v>GSS 4310</x:v>
+        <x:v>GSS 4306</x:v>
       </x:c>
       <x:c r="O26" t="str">
-        <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
+        <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
       </x:c>
       <x:c r="P26" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R26" t="str">
         <x:v/>
       </x:c>
       <x:c r="S26" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T26" t="str">
-        <x:v>Approved for air cure only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U26" t="n">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="V26" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="W26" t="n">
-        <x:v>14755</x:v>
+        <x:v>14756</x:v>
       </x:c>
       <x:c r="X26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2526,75 +2526,75 @@
       <x:c r="F27" t="str">
         <x:v>90064-1402                          </x:v>
       </x:c>
       <x:c r="G27" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H27" t="str">
         <x:v/>
       </x:c>
       <x:c r="I27" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J27" t="str">
         <x:v/>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
-        <x:v>GT 23 A</x:v>
+        <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="O27" t="str">
-        <x:v>Fluorescent Penetrant Inspection</x:v>
+        <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="P27" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R27" t="str">
         <x:v/>
       </x:c>
       <x:c r="S27" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T27" t="str">
-        <x:v/>
+        <x:v>Approved for air cure only</x:v>
       </x:c>
       <x:c r="U27" t="n">
-        <x:v>330</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="V27" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="W27" t="n">
-        <x:v>14753</x:v>
+        <x:v>14755</x:v>
       </x:c>
       <x:c r="X27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2621,75 +2621,75 @@
       <x:c r="F28" t="str">
         <x:v>90064-1402                          </x:v>
       </x:c>
       <x:c r="G28" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H28" t="str">
         <x:v/>
       </x:c>
       <x:c r="I28" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J28" t="str">
         <x:v/>
       </x:c>
       <x:c r="K28" t="str">
         <x:v/>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
-        <x:v>IT-60</x:v>
+        <x:v>GT 23 A</x:v>
       </x:c>
       <x:c r="O28" t="str">
-        <x:v>Penetrant Inspection</x:v>
+        <x:v>Fluorescent Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P28" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R28" t="str">
         <x:v/>
       </x:c>
       <x:c r="S28" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T28" t="str">
         <x:v/>
       </x:c>
       <x:c r="U28" t="n">
-        <x:v>337</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="V28" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="W28" t="n">
-        <x:v>1003</x:v>
+        <x:v>14753</x:v>
       </x:c>
       <x:c r="X28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z28" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA28" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB28" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2716,75 +2716,75 @@
       <x:c r="F29" t="str">
         <x:v>90064-1402                          </x:v>
       </x:c>
       <x:c r="G29" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H29" t="str">
         <x:v/>
       </x:c>
       <x:c r="I29" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J29" t="str">
         <x:v/>
       </x:c>
       <x:c r="K29" t="str">
         <x:v/>
       </x:c>
       <x:c r="L29" t="str">
         <x:v/>
       </x:c>
       <x:c r="M29" t="str">
         <x:v/>
       </x:c>
       <x:c r="N29" t="str">
-        <x:v>IT-61</x:v>
+        <x:v>IT-60</x:v>
       </x:c>
       <x:c r="O29" t="str">
-        <x:v>Magnetic Particle Inspection</x:v>
+        <x:v>Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P29" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R29" t="str">
         <x:v/>
       </x:c>
       <x:c r="S29" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T29" t="str">
         <x:v/>
       </x:c>
       <x:c r="U29" t="n">
-        <x:v>338</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="V29" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="W29" t="n">
-        <x:v>1004</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="X29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z29" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA29" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB29" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE29" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2811,75 +2811,75 @@
       <x:c r="F30" t="str">
         <x:v>90064-1402                          </x:v>
       </x:c>
       <x:c r="G30" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H30" t="str">
         <x:v/>
       </x:c>
       <x:c r="I30" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J30" t="str">
         <x:v/>
       </x:c>
       <x:c r="K30" t="str">
         <x:v/>
       </x:c>
       <x:c r="L30" t="str">
         <x:v/>
       </x:c>
       <x:c r="M30" t="str">
         <x:v/>
       </x:c>
       <x:c r="N30" t="str">
-        <x:v>L-6</x:v>
+        <x:v>IT-61</x:v>
       </x:c>
       <x:c r="O30" t="str">
-        <x:v>Lubricant, Solid Film, Heat Cured, Corrosion Inhibiting</x:v>
+        <x:v>Magnetic Particle Inspection</x:v>
       </x:c>
       <x:c r="P30" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R30" t="str">
         <x:v/>
       </x:c>
       <x:c r="S30" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T30" t="str">
         <x:v/>
       </x:c>
       <x:c r="U30" t="n">
-        <x:v>123</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="V30" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="W30" t="n">
-        <x:v>993</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="X30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z30" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA30" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB30" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE30" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2906,75 +2906,75 @@
       <x:c r="F31" t="str">
         <x:v>90064-1402                          </x:v>
       </x:c>
       <x:c r="G31" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H31" t="str">
         <x:v/>
       </x:c>
       <x:c r="I31" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J31" t="str">
         <x:v/>
       </x:c>
       <x:c r="K31" t="str">
         <x:v/>
       </x:c>
       <x:c r="L31" t="str">
         <x:v/>
       </x:c>
       <x:c r="M31" t="str">
         <x:v/>
       </x:c>
       <x:c r="N31" t="str">
-        <x:v>L-7</x:v>
+        <x:v>L-6</x:v>
       </x:c>
       <x:c r="O31" t="str">
         <x:v>Lubricant, Solid Film, Heat Cured, Corrosion Inhibiting</x:v>
       </x:c>
       <x:c r="P31" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R31" t="str">
         <x:v/>
       </x:c>
       <x:c r="S31" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T31" t="str">
         <x:v/>
       </x:c>
       <x:c r="U31" t="n">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="V31" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="W31" t="n">
-        <x:v>994</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="X31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z31" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA31" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB31" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE31" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3001,75 +3001,75 @@
       <x:c r="F32" t="str">
         <x:v>90064-1402                          </x:v>
       </x:c>
       <x:c r="G32" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H32" t="str">
         <x:v/>
       </x:c>
       <x:c r="I32" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J32" t="str">
         <x:v/>
       </x:c>
       <x:c r="K32" t="str">
         <x:v/>
       </x:c>
       <x:c r="L32" t="str">
         <x:v/>
       </x:c>
       <x:c r="M32" t="str">
         <x:v/>
       </x:c>
       <x:c r="N32" t="str">
-        <x:v>MIL-DTL-5541</x:v>
+        <x:v>L-7</x:v>
       </x:c>
       <x:c r="O32" t="str">
-        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
+        <x:v>Lubricant, Solid Film, Heat Cured, Corrosion Inhibiting</x:v>
       </x:c>
       <x:c r="P32" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R32" t="str">
         <x:v/>
       </x:c>
       <x:c r="S32" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T32" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U32" t="n">
-        <x:v>525</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="V32" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="W32" t="n">
-        <x:v>24650</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="X32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z32" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA32" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB32" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE32" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3096,75 +3096,75 @@
       <x:c r="F33" t="str">
         <x:v>90064-1402                          </x:v>
       </x:c>
       <x:c r="G33" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H33" t="str">
         <x:v/>
       </x:c>
       <x:c r="I33" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J33" t="str">
         <x:v/>
       </x:c>
       <x:c r="K33" t="str">
         <x:v/>
       </x:c>
       <x:c r="L33" t="str">
         <x:v/>
       </x:c>
       <x:c r="M33" t="str">
         <x:v/>
       </x:c>
       <x:c r="N33" t="str">
-        <x:v>MIL-L-23398</x:v>
+        <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="O33" t="str">
-        <x:v>LUBRICANT, SOLID FILM, AIR-CURED, CORROSION INHIBITING,</x:v>
+        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="P33" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R33" t="str">
         <x:v/>
       </x:c>
       <x:c r="S33" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T33" t="str">
-        <x:v/>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="U33" t="n">
-        <x:v>2868</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="V33" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="W33" t="n">
-        <x:v>25443</x:v>
+        <x:v>24650</x:v>
       </x:c>
       <x:c r="X33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z33" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA33" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB33" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE33" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3188,79 +3188,78 @@
       <x:c r="E34" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F34" t="str">
         <x:v>90064-1402                          </x:v>
       </x:c>
       <x:c r="G34" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H34" t="str">
         <x:v/>
       </x:c>
       <x:c r="I34" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J34" t="str">
         <x:v/>
       </x:c>
       <x:c r="K34" t="str">
         <x:v/>
       </x:c>
       <x:c r="L34" t="str">
         <x:v/>
       </x:c>
       <x:c r="M34" t="str">
-        <x:v>Replaces MIL-L-46010</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N34" t="str">
-        <x:v>MIL-PRF-46010</x:v>
+        <x:v>MIL-L-23398</x:v>
       </x:c>
       <x:c r="O34" t="str">
-        <x:v>Dry Film Lube
-Superseded by AS5272 for Ty I  II only</x:v>
+        <x:v>LUBRICANT, SOLID FILM, AIR-CURED, CORROSION INHIBITING,</x:v>
       </x:c>
       <x:c r="P34" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R34" t="str">
         <x:v/>
       </x:c>
       <x:c r="S34" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T34" t="str">
         <x:v/>
       </x:c>
       <x:c r="U34" t="n">
-        <x:v>526</x:v>
+        <x:v>2868</x:v>
       </x:c>
       <x:c r="V34" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="W34" t="n">
-        <x:v>25438</x:v>
+        <x:v>25443</x:v>
       </x:c>
       <x:c r="X34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z34" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA34" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB34" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE34" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3284,78 +3283,79 @@
       <x:c r="E35" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F35" t="str">
         <x:v>90064-1402                          </x:v>
       </x:c>
       <x:c r="G35" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H35" t="str">
         <x:v/>
       </x:c>
       <x:c r="I35" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J35" t="str">
         <x:v/>
       </x:c>
       <x:c r="K35" t="str">
         <x:v/>
       </x:c>
       <x:c r="L35" t="str">
         <x:v/>
       </x:c>
       <x:c r="M35" t="str">
-        <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
+        <x:v>Replaces MIL-L-46010</x:v>
       </x:c>
       <x:c r="N35" t="str">
-        <x:v>MIL-PRF-8625</x:v>
+        <x:v>MIL-PRF-46010</x:v>
       </x:c>
       <x:c r="O35" t="str">
-        <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
+        <x:v>Dry Film Lube
+Superseded by AS5272 for Ty I  II only</x:v>
       </x:c>
       <x:c r="P35" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R35" t="str">
         <x:v/>
       </x:c>
       <x:c r="S35" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T35" t="str">
-        <x:v>Dichromate seal is required when MIL-PRF-8625 Type II anodize is called out on engineering drawings.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U35" t="n">
-        <x:v>3942</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="V35" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="W35" t="n">
-        <x:v>23610</x:v>
+        <x:v>25438</x:v>
       </x:c>
       <x:c r="X35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z35" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA35" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB35" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE35" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -3379,85 +3379,180 @@
       <x:c r="E36" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F36" t="str">
         <x:v>90064-1402                          </x:v>
       </x:c>
       <x:c r="G36" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H36" t="str">
         <x:v/>
       </x:c>
       <x:c r="I36" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J36" t="str">
         <x:v/>
       </x:c>
       <x:c r="K36" t="str">
         <x:v/>
       </x:c>
       <x:c r="L36" t="str">
         <x:v/>
       </x:c>
       <x:c r="M36" t="str">
-        <x:v/>
+        <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="N36" t="str">
-        <x:v>MPD 1074</x:v>
+        <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="O36" t="str">
-        <x:v>Cleaning of Aluminum Alloy Parts</x:v>
+        <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="P36" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R36" t="str">
         <x:v/>
       </x:c>
       <x:c r="S36" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T36" t="str">
-        <x:v>Alternate clean per approved RC/I #BR105857</x:v>
+        <x:v>Dichromate seal is required when MIL-PRF-8625 Type II anodize is called out on engineering drawings.</x:v>
       </x:c>
       <x:c r="U36" t="n">
-        <x:v>553</x:v>
+        <x:v>3942</x:v>
       </x:c>
       <x:c r="V36" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="W36" t="n">
-        <x:v>1012</x:v>
+        <x:v>23610</x:v>
       </x:c>
       <x:c r="X36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z36" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA36" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB36" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF36" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37">
+      <x:c r="A37" t="str">
+        <x:v>90008061</x:v>
+      </x:c>
+      <x:c r="B37" t="str">
+        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+      </x:c>
+      <x:c r="C37" t="str">
+        <x:v>2210 BARRY AVE                      </x:v>
+      </x:c>
+      <x:c r="D37" t="str">
+        <x:v>LOS ANGELES                         </x:v>
+      </x:c>
+      <x:c r="E37" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="F37" t="str">
+        <x:v>90064-1402                          </x:v>
+      </x:c>
+      <x:c r="G37" t="str">
+        <x:v>3104780078</x:v>
+      </x:c>
+      <x:c r="H37" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="I37" t="str">
+        <x:v>1/1/2004</x:v>
+      </x:c>
+      <x:c r="J37" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K37" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L37" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M37" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N37" t="str">
+        <x:v>MPD 1074</x:v>
+      </x:c>
+      <x:c r="O37" t="str">
+        <x:v>Cleaning of Aluminum Alloy Parts</x:v>
+      </x:c>
+      <x:c r="P37" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="R37" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S37" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="T37" t="str">
+        <x:v>Alternate clean per approved RC/I #BR105857</x:v>
+      </x:c>
+      <x:c r="U37" t="n">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="V37" t="n">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="W37" t="n">
+        <x:v>1012</x:v>
+      </x:c>
+      <x:c r="X37" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y37" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z37" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA37" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB37" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC37" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD37" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE37" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF37" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>