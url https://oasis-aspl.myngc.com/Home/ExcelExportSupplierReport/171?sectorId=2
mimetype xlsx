--- v1 (2025-12-18)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf23513c7a536491b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a5083ae4d94361" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rba4a42b27ecd4fbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ref87906affda4a08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rba4a42b27ecd4fbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ref87906affda4a08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,63 +113,63 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>NadcapApproved</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v/>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v>ACS-PRS-7005 can be substituted for approved suppliers when 29259-18 is called out on the GH Engineering drawing</x:v>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>29259-18</x:v>
       </x:c>
@@ -208,63 +208,63 @@
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E3" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v/>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v/>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
@@ -303,63 +303,63 @@
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v/>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v/>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v>ACS-PRS-7005</x:v>
       </x:c>
@@ -398,63 +398,63 @@
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v/>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v/>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v>AMS 2404</x:v>
       </x:c>
@@ -493,63 +493,63 @@
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E6" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v/>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v/>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="N6" t="str">
         <x:v>AMS 2700</x:v>
@@ -589,63 +589,63 @@
       </x:c>
       <x:c r="AA6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E7" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v/>
       </x:c>
       <x:c r="I7" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J7" t="str">
         <x:v/>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v>AMS-C-26074</x:v>
       </x:c>
@@ -684,63 +684,63 @@
       </x:c>
       <x:c r="AA7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E8" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v/>
       </x:c>
       <x:c r="I8" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J8" t="str">
         <x:v/>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v>AMS-QQ-N-290</x:v>
       </x:c>
@@ -779,63 +779,63 @@
       </x:c>
       <x:c r="AA8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E9" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v/>
       </x:c>
       <x:c r="I9" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v/>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v>AMS-QQ-P-416</x:v>
       </x:c>
@@ -875,63 +875,63 @@
       </x:c>
       <x:c r="AA9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E10" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H10" t="str">
         <x:v/>
       </x:c>
       <x:c r="I10" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J10" t="str">
         <x:v/>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v>ASTM A967</x:v>
       </x:c>
@@ -970,158 +970,158 @@
       </x:c>
       <x:c r="AA10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E11" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H11" t="str">
         <x:v/>
       </x:c>
       <x:c r="I11" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J11" t="str">
         <x:v/>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v>ASTM B117</x:v>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
       </x:c>
       <x:c r="P11" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="R11" t="str">
         <x:v/>
       </x:c>
       <x:c r="S11" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Materials Testing</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="n">
         <x:v>321</x:v>
       </x:c>
       <x:c r="V11" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>999</x:v>
       </x:c>
       <x:c r="X11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E12" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H12" t="str">
         <x:v/>
       </x:c>
       <x:c r="I12" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J12" t="str">
         <x:v/>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v>ASTM B700</x:v>
       </x:c>
@@ -1160,63 +1160,63 @@
       </x:c>
       <x:c r="AA12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E13" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H13" t="str">
         <x:v/>
       </x:c>
       <x:c r="I13" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J13" t="str">
         <x:v/>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="N13" t="str">
         <x:v>ASTM B733</x:v>
       </x:c>
@@ -1255,63 +1255,63 @@
       </x:c>
       <x:c r="AA13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E14" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H14" t="str">
         <x:v/>
       </x:c>
       <x:c r="I14" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J14" t="str">
         <x:v/>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="N14" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
@@ -1350,63 +1350,63 @@
       </x:c>
       <x:c r="AA14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E15" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H15" t="str">
         <x:v/>
       </x:c>
       <x:c r="I15" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J15" t="str">
         <x:v/>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="N15" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
@@ -1445,63 +1445,63 @@
       </x:c>
       <x:c r="AA15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E16" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H16" t="str">
         <x:v/>
       </x:c>
       <x:c r="I16" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J16" t="str">
         <x:v/>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v>C-17</x:v>
       </x:c>
@@ -1540,63 +1540,63 @@
       </x:c>
       <x:c r="AA16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E17" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G17" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H17" t="str">
         <x:v/>
       </x:c>
       <x:c r="I17" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J17" t="str">
         <x:v/>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v>FP-153</x:v>
       </x:c>
@@ -1635,63 +1635,63 @@
       </x:c>
       <x:c r="AA17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E18" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G18" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H18" t="str">
         <x:v/>
       </x:c>
       <x:c r="I18" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J18" t="str">
         <x:v/>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v>FP-28</x:v>
       </x:c>
@@ -1730,63 +1730,63 @@
       </x:c>
       <x:c r="AA18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E19" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G19" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H19" t="str">
         <x:v/>
       </x:c>
       <x:c r="I19" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J19" t="str">
         <x:v/>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v>FP-31</x:v>
       </x:c>
@@ -1825,63 +1825,63 @@
       </x:c>
       <x:c r="AA19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E20" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G20" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H20" t="str">
         <x:v/>
       </x:c>
       <x:c r="I20" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J20" t="str">
         <x:v/>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v>FP-59</x:v>
       </x:c>
@@ -1920,63 +1920,63 @@
       </x:c>
       <x:c r="AA20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E21" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G21" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H21" t="str">
         <x:v/>
       </x:c>
       <x:c r="I21" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J21" t="str">
         <x:v/>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v>FP-87</x:v>
       </x:c>
@@ -2015,63 +2015,63 @@
       </x:c>
       <x:c r="AA21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB21" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E22" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G22" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H22" t="str">
         <x:v/>
       </x:c>
       <x:c r="I22" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J22" t="str">
         <x:v/>
       </x:c>
       <x:c r="K22" t="str">
         <x:v/>
       </x:c>
       <x:c r="L22" t="str">
         <x:v/>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
         <x:v>FP-92</x:v>
       </x:c>
@@ -2110,63 +2110,63 @@
       </x:c>
       <x:c r="AA22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB22" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E23" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G23" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H23" t="str">
         <x:v/>
       </x:c>
       <x:c r="I23" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J23" t="str">
         <x:v/>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v>Inactive, however, when an approved processor is required for the superseded specification, submit a P0-F005 for process approval to Alexander Dunn with a candidate processor name.</x:v>
       </x:c>
       <x:c r="N23" t="str">
         <x:v>FP-94</x:v>
       </x:c>
@@ -2205,63 +2205,63 @@
       </x:c>
       <x:c r="AA23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF23" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E24" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G24" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H24" t="str">
         <x:v/>
       </x:c>
       <x:c r="I24" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J24" t="str">
         <x:v/>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
         <x:v>FP-98</x:v>
       </x:c>
@@ -2300,63 +2300,63 @@
       </x:c>
       <x:c r="AA24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF24" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E25" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G25" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H25" t="str">
         <x:v/>
       </x:c>
       <x:c r="I25" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J25" t="str">
         <x:v/>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
         <x:v>GP 17 G</x:v>
       </x:c>
@@ -2395,63 +2395,63 @@
       </x:c>
       <x:c r="AA25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF25" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E26" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G26" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H26" t="str">
         <x:v/>
       </x:c>
       <x:c r="I26" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J26" t="str">
         <x:v/>
       </x:c>
       <x:c r="K26" t="str">
         <x:v/>
       </x:c>
       <x:c r="L26" t="str">
         <x:v/>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
         <x:v>GSS 4306</x:v>
       </x:c>
@@ -2490,63 +2490,63 @@
       </x:c>
       <x:c r="AA26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E27" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G27" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H27" t="str">
         <x:v/>
       </x:c>
       <x:c r="I27" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J27" t="str">
         <x:v/>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
@@ -2585,63 +2585,63 @@
       </x:c>
       <x:c r="AA27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D28" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E28" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G28" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H28" t="str">
         <x:v/>
       </x:c>
       <x:c r="I28" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J28" t="str">
         <x:v/>
       </x:c>
       <x:c r="K28" t="str">
         <x:v/>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
         <x:v>GT 23 A</x:v>
       </x:c>
@@ -2680,63 +2680,63 @@
       </x:c>
       <x:c r="AA28" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB28" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF28" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C29" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D29" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E29" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F29" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G29" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H29" t="str">
         <x:v/>
       </x:c>
       <x:c r="I29" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J29" t="str">
         <x:v/>
       </x:c>
       <x:c r="K29" t="str">
         <x:v/>
       </x:c>
       <x:c r="L29" t="str">
         <x:v/>
       </x:c>
       <x:c r="M29" t="str">
         <x:v/>
       </x:c>
       <x:c r="N29" t="str">
         <x:v>IT-60</x:v>
       </x:c>
@@ -2775,63 +2775,63 @@
       </x:c>
       <x:c r="AA29" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB29" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF29" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B30" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C30" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D30" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E30" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F30" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G30" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H30" t="str">
         <x:v/>
       </x:c>
       <x:c r="I30" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J30" t="str">
         <x:v/>
       </x:c>
       <x:c r="K30" t="str">
         <x:v/>
       </x:c>
       <x:c r="L30" t="str">
         <x:v/>
       </x:c>
       <x:c r="M30" t="str">
         <x:v/>
       </x:c>
       <x:c r="N30" t="str">
         <x:v>IT-61</x:v>
       </x:c>
@@ -2870,63 +2870,63 @@
       </x:c>
       <x:c r="AA30" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB30" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF30" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B31" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C31" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D31" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E31" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F31" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G31" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H31" t="str">
         <x:v/>
       </x:c>
       <x:c r="I31" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J31" t="str">
         <x:v/>
       </x:c>
       <x:c r="K31" t="str">
         <x:v/>
       </x:c>
       <x:c r="L31" t="str">
         <x:v/>
       </x:c>
       <x:c r="M31" t="str">
         <x:v/>
       </x:c>
       <x:c r="N31" t="str">
         <x:v>L-6</x:v>
       </x:c>
@@ -2965,63 +2965,63 @@
       </x:c>
       <x:c r="AA31" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB31" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF31" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B32" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C32" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D32" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E32" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F32" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G32" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H32" t="str">
         <x:v/>
       </x:c>
       <x:c r="I32" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J32" t="str">
         <x:v/>
       </x:c>
       <x:c r="K32" t="str">
         <x:v/>
       </x:c>
       <x:c r="L32" t="str">
         <x:v/>
       </x:c>
       <x:c r="M32" t="str">
         <x:v/>
       </x:c>
       <x:c r="N32" t="str">
         <x:v>L-7</x:v>
       </x:c>
@@ -3060,63 +3060,63 @@
       </x:c>
       <x:c r="AA32" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB32" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF32" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C33" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D33" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E33" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F33" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G33" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H33" t="str">
         <x:v/>
       </x:c>
       <x:c r="I33" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J33" t="str">
         <x:v/>
       </x:c>
       <x:c r="K33" t="str">
         <x:v/>
       </x:c>
       <x:c r="L33" t="str">
         <x:v/>
       </x:c>
       <x:c r="M33" t="str">
         <x:v/>
       </x:c>
       <x:c r="N33" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
@@ -3155,63 +3155,63 @@
       </x:c>
       <x:c r="AA33" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB33" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF33" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B34" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C34" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D34" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E34" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G34" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H34" t="str">
         <x:v/>
       </x:c>
       <x:c r="I34" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J34" t="str">
         <x:v/>
       </x:c>
       <x:c r="K34" t="str">
         <x:v/>
       </x:c>
       <x:c r="L34" t="str">
         <x:v/>
       </x:c>
       <x:c r="M34" t="str">
         <x:v/>
       </x:c>
       <x:c r="N34" t="str">
         <x:v>MIL-L-23398</x:v>
       </x:c>
@@ -3250,63 +3250,63 @@
       </x:c>
       <x:c r="AA34" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB34" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF34" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B35" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C35" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D35" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E35" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F35" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G35" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H35" t="str">
         <x:v/>
       </x:c>
       <x:c r="I35" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J35" t="str">
         <x:v/>
       </x:c>
       <x:c r="K35" t="str">
         <x:v/>
       </x:c>
       <x:c r="L35" t="str">
         <x:v/>
       </x:c>
       <x:c r="M35" t="str">
         <x:v>Replaces MIL-L-46010</x:v>
       </x:c>
       <x:c r="N35" t="str">
         <x:v>MIL-PRF-46010</x:v>
       </x:c>
@@ -3346,63 +3346,63 @@
       </x:c>
       <x:c r="AA35" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB35" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF35" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B36" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C36" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D36" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E36" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F36" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G36" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H36" t="str">
         <x:v/>
       </x:c>
       <x:c r="I36" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J36" t="str">
         <x:v/>
       </x:c>
       <x:c r="K36" t="str">
         <x:v/>
       </x:c>
       <x:c r="L36" t="str">
         <x:v/>
       </x:c>
       <x:c r="M36" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="N36" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
@@ -3441,63 +3441,63 @@
       </x:c>
       <x:c r="AA36" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB36" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF36" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="B37" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="C37" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="D37" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="E37" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="F37" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="G37" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="H37" t="str">
         <x:v/>
       </x:c>
       <x:c r="I37" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J37" t="str">
         <x:v/>
       </x:c>
       <x:c r="K37" t="str">
         <x:v/>
       </x:c>
       <x:c r="L37" t="str">
         <x:v/>
       </x:c>
       <x:c r="M37" t="str">
         <x:v/>
       </x:c>
       <x:c r="N37" t="str">
         <x:v>MPD 1074</x:v>
       </x:c>