--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18c5c37f105a4dae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e270e65de284632" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R347325e8a42a4e93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R01b6c1cbd72d4040"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R347325e8a42a4e93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R01b6c1cbd72d4040" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">