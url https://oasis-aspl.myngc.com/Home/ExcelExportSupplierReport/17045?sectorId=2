--- v1 (2025-12-16)
+++ v2 (2026-01-31)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e270e65de284632" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16379dde377947cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R01b6c1cbd72d4040"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra0000059bdcc4ba3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R01b6c1cbd72d4040" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra0000059bdcc4ba3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -116,63 +116,63 @@
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>NadcapApproved</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>90051555</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>MANUFACTURING DEVELOPMENT INC</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>37515 WEST 15TH ST SOUTH</x:v>
+        <x:v>37515 WEST 15TH STREET SOUTH</x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v>CHENEY</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>KS</x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>67025-0550</x:v>
+        <x:v>67025-8828</x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>316-540-6249</x:v>
+        <x:v>3165423166</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>316-542-0331</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>1/9/2018</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v>“Approval of suppliers to ACS-PRS-1008 is only required for hot forming and superplastic forming of titanium. Suppliers limited to cold forming of titanium per ACS-PRS-1008 are not required to be approved by Northrop Grumman provided all stress relief operations are performed by an approved special processor to AMS2801.”</x:v>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>ACS-PRS-1008 </x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>Forming  Straightening of Titanium and Titanium Alloys. “Suppliers limited to cold forming of titanium per ACS-PRS-1008 are not required to be approved by NGC provided all stress relief operations are performed by an approved supplier to AMS2801.”</x:v>
       </x:c>
@@ -211,63 +211,63 @@
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>False</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>90051555</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>MANUFACTURING DEVELOPMENT INC</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>37515 WEST 15TH ST SOUTH</x:v>
+        <x:v>37515 WEST 15TH STREET SOUTH</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v>CHENEY</x:v>
       </x:c>
       <x:c r="E3" t="str">
         <x:v>KS</x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>67025-0550</x:v>
+        <x:v>67025-8828</x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>316-540-6249</x:v>
+        <x:v>3165423166</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>316-542-0331</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>1/9/2018</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v/>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v>ACS-PRS-2151</x:v>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>Process Specification for Sealing, Integral Fuel Tank and Fuel Cell Cavity</x:v>
       </x:c>