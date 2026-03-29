--- v2 (2026-01-31)
+++ v3 (2026-03-29)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16379dde377947cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb43319940a3c45de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra0000059bdcc4ba3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R42449b72d9d4484a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra0000059bdcc4ba3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R42449b72d9d4484a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">