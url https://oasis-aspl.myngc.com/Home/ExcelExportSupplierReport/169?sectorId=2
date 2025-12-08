--- v0 (2025-10-21)
+++ v1 (2025-12-08)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44720912c03f4bd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaa70920a8af4fe9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re7821f5ef357428d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R51ae43b7b0c349dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re7821f5ef357428d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R51ae43b7b0c349dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">