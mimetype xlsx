--- v1 (2025-12-08)
+++ v2 (2026-02-07)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaa70920a8af4fe9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4a83e37e8244cc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R51ae43b7b0c349dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5352bbb72bff4b38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R51ae43b7b0c349dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5352bbb72bff4b38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -137,54 +137,54 @@
       <x:c r="B2" t="str">
         <x:v>ANADITE CA RESTORATION TRUST</x:v>
       </x:c>
       <x:c r="C2" t="str">
         <x:v>10647 S. GARFIELD AVE.</x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v>SOUTH GATE</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>90280-7325</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>5628612205</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>562-862-6479</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>10/20/2009</x:v>
       </x:c>
       <x:c r="J2" t="str">
-        <x:v/>
+        <x:v>5SNJ7</x:v>
       </x:c>
       <x:c r="K2" t="str">
-        <x:v/>
+        <x:v>008286551</x:v>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v>ACS-PRS-7005 can be substituted for approved suppliers when 29259-18 is called out on the GH Engineering drawing</x:v>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>29259-18</x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>Fluorescent Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P2" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R2" t="str">
         <x:v/>
       </x:c>
       <x:c r="S2" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v>Type I, Method A only</x:v>
       </x:c>
@@ -232,54 +232,54 @@
       <x:c r="B3" t="str">
         <x:v>ANADITE CA RESTORATION TRUST</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>10647 S. GARFIELD AVE.</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v>SOUTH GATE</x:v>
       </x:c>
       <x:c r="E3" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>90280-7325</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>5628612205</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>562-862-6479</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>10/20/2009</x:v>
       </x:c>
       <x:c r="J3" t="str">
-        <x:v/>
+        <x:v>5SNJ7</x:v>
       </x:c>
       <x:c r="K3" t="str">
-        <x:v/>
+        <x:v>008286551</x:v>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
       <x:c r="S3" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v>Aluminum  Titanium only</x:v>
       </x:c>
@@ -327,54 +327,54 @@
       <x:c r="B4" t="str">
         <x:v>ANADITE CA RESTORATION TRUST</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>10647 S. GARFIELD AVE.</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v>SOUTH GATE</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>90280-7325</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>5628612205</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>562-862-6479</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>10/20/2009</x:v>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v/>
+        <x:v>5SNJ7</x:v>
       </x:c>
       <x:c r="K4" t="str">
-        <x:v/>
+        <x:v>008286551</x:v>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v>ACS-PRS-7005</x:v>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v>Type I, Method A only</x:v>
       </x:c>
@@ -422,54 +422,54 @@
       <x:c r="B5" t="str">
         <x:v>ANADITE CA RESTORATION TRUST</x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>10647 S. GARFIELD AVE.</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v>SOUTH GATE</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>90280-7325</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>5628612205</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>562-862-6479</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>10/20/2009</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v/>
+        <x:v>5SNJ7</x:v>
       </x:c>
       <x:c r="K5" t="str">
-        <x:v/>
+        <x:v>008286551</x:v>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="N5" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="P5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
       <x:c r="S5" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v>Method 1, Type 2  6 only</x:v>
@@ -518,54 +518,54 @@
       <x:c r="B6" t="str">
         <x:v>ANADITE CA RESTORATION TRUST</x:v>
       </x:c>
       <x:c r="C6" t="str">
         <x:v>10647 S. GARFIELD AVE.</x:v>
       </x:c>
       <x:c r="D6" t="str">
         <x:v>SOUTH GATE</x:v>
       </x:c>
       <x:c r="E6" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>90280-7325</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>5628612205</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>562-862-6479</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>10/20/2009</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v/>
+        <x:v>5SNJ7</x:v>
       </x:c>
       <x:c r="K6" t="str">
-        <x:v/>
+        <x:v>008286551</x:v>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v>ASTM B600</x:v>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>Descaling  Cleaning Titanium and Titanium Alloy Surfaces</x:v>
       </x:c>
       <x:c r="P6" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R6" t="str">
         <x:v/>
       </x:c>
       <x:c r="S6" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
@@ -613,54 +613,54 @@
       <x:c r="B7" t="str">
         <x:v>ANADITE CA RESTORATION TRUST</x:v>
       </x:c>
       <x:c r="C7" t="str">
         <x:v>10647 S. GARFIELD AVE.</x:v>
       </x:c>
       <x:c r="D7" t="str">
         <x:v>SOUTH GATE</x:v>
       </x:c>
       <x:c r="E7" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F7" t="str">
         <x:v>90280-7325</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v>5628612205</x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v>562-862-6479</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v>10/20/2009</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v/>
+        <x:v>5SNJ7</x:v>
       </x:c>
       <x:c r="K7" t="str">
-        <x:v/>
+        <x:v>008286551</x:v>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="N7" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="P7" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R7" t="str">
         <x:v/>
       </x:c>
       <x:c r="S7" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v> Limits: Type I, Method "A' only
 </x:v>
@@ -709,54 +709,54 @@
       <x:c r="B8" t="str">
         <x:v>ANADITE CA RESTORATION TRUST</x:v>
       </x:c>
       <x:c r="C8" t="str">
         <x:v>10647 S. GARFIELD AVE.</x:v>
       </x:c>
       <x:c r="D8" t="str">
         <x:v>SOUTH GATE</x:v>
       </x:c>
       <x:c r="E8" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F8" t="str">
         <x:v>90280-7325</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v>5628612205</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v>562-862-6479</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v>10/20/2009</x:v>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v/>
+        <x:v>5SNJ7</x:v>
       </x:c>
       <x:c r="K8" t="str">
-        <x:v/>
+        <x:v>008286551</x:v>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="P8" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R8" t="str">
         <x:v/>
       </x:c>
       <x:c r="S8" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v> Limited to Type 1 only</x:v>
       </x:c>
@@ -804,54 +804,54 @@
       <x:c r="B9" t="str">
         <x:v>ANADITE CA RESTORATION TRUST</x:v>
       </x:c>
       <x:c r="C9" t="str">
         <x:v>10647 S. GARFIELD AVE.</x:v>
       </x:c>
       <x:c r="D9" t="str">
         <x:v>SOUTH GATE</x:v>
       </x:c>
       <x:c r="E9" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F9" t="str">
         <x:v>90280-7325</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v>5628612205</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v>562-862-6479</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v>10/20/2009</x:v>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v/>
+        <x:v>5SNJ7</x:v>
       </x:c>
       <x:c r="K9" t="str">
-        <x:v/>
+        <x:v>008286551</x:v>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v>MPD 1103</x:v>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>Cleaning of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="P9" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R9" t="str">
         <x:v/>
       </x:c>
       <x:c r="S9" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v>Alternate solutions per approved RC/I BR 120186</x:v>
       </x:c>