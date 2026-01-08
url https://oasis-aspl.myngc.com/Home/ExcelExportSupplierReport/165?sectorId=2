--- v0 (2025-10-21)
+++ v1 (2026-01-08)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1751303d5c2046c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ac0d53003f94656" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf108fc3309834561"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1c02506ce2f14e28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf108fc3309834561" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1c02506ce2f14e28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">