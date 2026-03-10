--- v1 (2026-01-08)
+++ v2 (2026-03-10)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ac0d53003f94656" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23fd73e5185443a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1c02506ce2f14e28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R238f78ef520f45dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1c02506ce2f14e28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R238f78ef520f45dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,176 +113,176 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>NadcapApproved</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J2" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K2" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>2ZZP00013</x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>Fusion Welding</x:v>
       </x:c>
       <x:c r="P2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Q2" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R2" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="S2" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="T2" t="str">
-        <x:v>Limits: Limited to Group VI, Titanium </x:v>
+        <x:v>Limited to Group VI, Titanium only</x:v>
       </x:c>
       <x:c r="U2" t="n">
         <x:v>516</x:v>
       </x:c>
       <x:c r="V2" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="W2" t="n">
         <x:v>930</x:v>
       </x:c>
       <x:c r="X2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J3" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K3" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v>AMS 2801</x:v>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>Heat Treatment of Titanium Alloy Parts</x:v>
       </x:c>
       <x:c r="P3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
       <x:c r="S3" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v>Limited to stress relief only</x:v>
       </x:c>
@@ -306,173 +306,173 @@
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K4" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v>AMS-H-81200</x:v>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>Heat Treatment of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="P4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="T4" t="str">
-        <x:v/>
+        <x:v>Limited to stress relief only</x:v>
       </x:c>
       <x:c r="U4" t="n">
         <x:v>433</x:v>
       </x:c>
       <x:c r="V4" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>24863</x:v>
       </x:c>
       <x:c r="X4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K5" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v>“Supersedes: MIL-W-6858” and “Superseded by: AWS D17.2 </x:v>
       </x:c>
       <x:c r="N5" t="str">
         <x:v>AMS-W-6858</x:v>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>Welding, Resistance: Spot and Seam</x:v>
       </x:c>
       <x:c r="P5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
       <x:c r="S5" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
@@ -496,78 +496,78 @@
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K6" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v>ASTM B600</x:v>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>Descaling  Cleaning Titanium and Titanium Alloy Surfaces</x:v>
       </x:c>
       <x:c r="P6" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R6" t="str">
         <x:v/>
       </x:c>
       <x:c r="S6" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
@@ -591,78 +591,78 @@
       </x:c>
       <x:c r="AA6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K7" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="N7" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="P7" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R7" t="str">
         <x:v/>
       </x:c>
       <x:c r="S7" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
@@ -686,78 +686,78 @@
       </x:c>
       <x:c r="AA7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K8" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="P8" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R8" t="str">
         <x:v/>
       </x:c>
       <x:c r="S8" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
@@ -781,78 +781,78 @@
       </x:c>
       <x:c r="AA8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K9" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="P9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R9" t="str">
         <x:v/>
       </x:c>
       <x:c r="S9" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v>Limited to GTAW for Groups III  VI. Visual weld inspectors qualified to AWS B5.2</x:v>
       </x:c>
@@ -876,174 +876,173 @@
       </x:c>
       <x:c r="AA9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H10" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K10" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v>AWS D17.2</x:v>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>Resistance Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="P10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R10" t="str">
         <x:v/>
       </x:c>
       <x:c r="S10" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="T10" t="str">
-        <x:v>No Limits. Visual weld inspectors are qualified to AWS B5.2
-</x:v>
+        <x:v>Visual weld inspectors qualified to AWS B5.2</x:v>
       </x:c>
       <x:c r="U10" t="n">
         <x:v>561</x:v>
       </x:c>
       <x:c r="V10" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="X10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H11" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I11" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K11" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v>EPFS-322</x:v>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>Forming and Straightening of Titanium Alloys</x:v>
       </x:c>
       <x:c r="P11" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="R11" t="str">
         <x:v/>
       </x:c>
       <x:c r="S11" t="str">
         <x:v>Miscellaneous</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
@@ -1067,78 +1066,78 @@
       </x:c>
       <x:c r="AA11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H12" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K12" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v>GP 17 G</x:v>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>Procedure, Etching prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P12" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R12" t="str">
         <x:v/>
       </x:c>
       <x:c r="S12" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v>Limited to Titanium alloys</x:v>
       </x:c>
@@ -1162,890 +1161,700 @@
       </x:c>
       <x:c r="AA12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H13" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I13" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K13" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
-        <x:v>GSS 4310</x:v>
+        <x:v>GSS 5360</x:v>
       </x:c>
       <x:c r="O13" t="str">
-        <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
+        <x:v>Forming of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="P13" t="n">
-        <x:v>3</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="R13" t="str">
         <x:v/>
       </x:c>
       <x:c r="S13" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Miscellaneous</x:v>
       </x:c>
       <x:c r="T13" t="str">
-        <x:v>Reference Force dry RCI #BR020920</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U13" t="n">
-        <x:v>111</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="V13" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="W13" t="n">
-        <x:v>914</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="X13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H14" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I14" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K14" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
-        <x:v>GSS 4510</x:v>
+        <x:v>GSS 5361</x:v>
       </x:c>
       <x:c r="O14" t="str">
-        <x:v>Coating, Polyurethane, Application of</x:v>
+        <x:v>Superplastic Forming of Ti-6Al-4v Titanium Alloy</x:v>
       </x:c>
       <x:c r="P14" t="n">
-        <x:v>3</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="R14" t="str">
         <x:v/>
       </x:c>
       <x:c r="S14" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Miscellaneous</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="n">
-        <x:v>114</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="V14" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="W14" t="n">
-        <x:v>915</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="X14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H15" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I15" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K15" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
-        <x:v/>
+        <x:v>GSS 7015 requires NGAS approval only when referenced in one of the following specifications: GSS 5150, GSS 5360, GSS 5361  GSS 7022.</x:v>
       </x:c>
       <x:c r="N15" t="str">
-        <x:v>GSS 5360</x:v>
+        <x:v>GSS 7015</x:v>
       </x:c>
       <x:c r="O15" t="str">
-        <x:v>Forming of Titanium and Titanium Alloys</x:v>
+        <x:v>Cleaning and Descaling of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="P15" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R15" t="str">
         <x:v/>
       </x:c>
       <x:c r="S15" t="str">
-        <x:v>Miscellaneous</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T15" t="str">
-        <x:v/>
+        <x:v>Limited to Methods 1, 2, 3, 4  7 only</x:v>
       </x:c>
       <x:c r="U15" t="n">
-        <x:v>269</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="V15" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="W15" t="n">
-        <x:v>918</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="X15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H16" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K16" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
-        <x:v>GSS 5361</x:v>
+        <x:v>GT 23 A</x:v>
       </x:c>
       <x:c r="O16" t="str">
-        <x:v>Superplastic Forming of Ti-6Al-4v Titanium Alloy</x:v>
+        <x:v>Fluorescent Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P16" t="n">
-        <x:v>8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R16" t="str">
         <x:v/>
       </x:c>
       <x:c r="S16" t="str">
-        <x:v>Miscellaneous</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="n">
-        <x:v>270</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="V16" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="W16" t="n">
-        <x:v>919</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="X16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H17" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K17" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
-        <x:v>GSS 7015 requires NGAS approval only when referenced in one of the following specifications: GSS 5150, GSS 5360, GSS 5361  GSS 7022.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N17" t="str">
-        <x:v>GSS 7015</x:v>
+        <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="O17" t="str">
-        <x:v>Cleaning and Descaling of Titanium and Titanium Alloys</x:v>
+        <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
       <x:c r="P17" t="n">
-        <x:v>3</x:v>
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="Q17" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="R17" t="str">
-        <x:v/>
+        <x:v>F-35</x:v>
       </x:c>
       <x:c r="S17" t="str">
-        <x:v>Chemical Processing</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T17" t="str">
-        <x:v>Limited to Methods 1, 2, 3, 4  7 only</x:v>
+        <x:v>Facility re-qualification was conducted 1/21/2025. Based on the requirements called out in LMA-PC201, Appendix A. The following personnel successfully completed requalification demonstration:
+Joe Daniel ………………..stamp # 12 
+Cindy Glisson ……………..stamp # 4
+</x:v>
       </x:c>
       <x:c r="U17" t="n">
-        <x:v>115</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="V17" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="W17" t="n">
-        <x:v>916</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="X17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H18" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I18" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K18" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
-        <x:v>GT 23 A</x:v>
+        <x:v>LMA-PC301</x:v>
       </x:c>
       <x:c r="O18" t="str">
-        <x:v>Fluorescent Penetrant Inspection</x:v>
+        <x:v>Radiographic Inspection</x:v>
       </x:c>
       <x:c r="P18" t="n">
         <x:v>7</x:v>
       </x:c>
+      <x:c r="Q18" t="n">
+        <x:v>1</x:v>
+      </x:c>
       <x:c r="R18" t="str">
-        <x:v/>
+        <x:v>F-35</x:v>
       </x:c>
       <x:c r="S18" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="n">
-        <x:v>330</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="V18" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="W18" t="n">
-        <x:v>921</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="X18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="H19" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="I19" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="K19" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
-        <x:v>LMA-PC201</x:v>
+        <x:v>LMA-PG001</x:v>
       </x:c>
       <x:c r="O19" t="str">
-        <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
+        <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P19" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="Q19" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R19" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="S19" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T19" t="str">
-        <x:v>Facility re-qualification was conducted 1/21/2025. Based on the requirements called out in LMA-PC201, Appendix A. The following personnel successfully completed requalification demonstration:
-[...2 lines deleted...]
-</x:v>
+        <x:v>Limited to titanium parts only</x:v>
       </x:c>
       <x:c r="U19" t="n">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="V19" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="W19" t="n">
-        <x:v>924</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="X19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="str">
-        <x:v>AS</x:v>
-[...194 lines deleted...]
-      <x:c r="AF21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>