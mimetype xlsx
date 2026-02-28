--- v0 (2025-11-03)
+++ v1 (2026-02-28)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd7491d1c5684603" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd492ed6da1ce4a73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R8f3f479d75e9456c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R0b05bee4d8ff486b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8f3f479d75e9456c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0b05bee4d8ff486b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -538,57 +538,57 @@
       <x:c r="H6" t="str">
         <x:v>(573) 468-2182</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v/>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v>ASTM B117</x:v>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
       </x:c>
       <x:c r="P6" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="R6" t="str">
         <x:v/>
       </x:c>
       <x:c r="S6" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Materials Testing</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="n">
         <x:v>321</x:v>
       </x:c>
       <x:c r="V6" t="n">
         <x:v>161</x:v>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>501</x:v>
       </x:c>
       <x:c r="X6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA6" t="str">
         <x:v>United States</x:v>
       </x:c>