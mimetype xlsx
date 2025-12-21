--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9733a0d2b40440c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red6c99812c004efe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R55f7a0726cd248b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re820b2ac2fb84cbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R55f7a0726cd248b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re820b2ac2fb84cbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,75 +113,75 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>NadcapApproved</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J2" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v>ACS-PRS-7005 can be substituted for approved suppliers when 29259-18 is called out on the GH Engineering drawing</x:v>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>29259-18</x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>Fluorescent Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P2" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R2" t="str">
         <x:v/>
       </x:c>
       <x:c r="S2" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
@@ -208,75 +208,75 @@
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J3" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v>ACS-PRS-1053</x:v>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>Process Specification for Etching Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
       <x:c r="S3" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
@@ -303,75 +303,75 @@
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v>ACS-PRS-2204 </x:v>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>Cleaning and surface preparation of titanium and titanium alloys</x:v>
       </x:c>
       <x:c r="P4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
@@ -398,75 +398,75 @@
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v>ACS-PRS-7005</x:v>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
       <x:c r="S5" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
@@ -493,75 +493,75 @@
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="N6" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="P6" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R6" t="str">
         <x:v/>
       </x:c>
       <x:c r="S6" t="str">
         <x:v>Chemical Processing</x:v>
@@ -589,75 +589,75 @@
       </x:c>
       <x:c r="AA6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v>ASTM B117</x:v>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
       </x:c>
       <x:c r="P7" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R7" t="str">
         <x:v/>
       </x:c>
       <x:c r="S7" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
@@ -684,75 +684,75 @@
       </x:c>
       <x:c r="AA7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="N8" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="P8" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R8" t="str">
         <x:v/>
       </x:c>
       <x:c r="S8" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
@@ -779,75 +779,75 @@
       </x:c>
       <x:c r="AA8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v>FP-153</x:v>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>Primer MIL-P-85582, Epoxy, Voc Compliant, Application of</x:v>
       </x:c>
       <x:c r="P9" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R9" t="str">
         <x:v/>
       </x:c>
       <x:c r="S9" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
@@ -874,75 +874,75 @@
       </x:c>
       <x:c r="AA9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H10" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v>GP 17 G</x:v>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>Procedure, Etching prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P10" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R10" t="str">
         <x:v/>
       </x:c>
       <x:c r="S10" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
@@ -969,75 +969,75 @@
       </x:c>
       <x:c r="AA10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H11" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I11" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v>GSS 4306</x:v>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>Integral Fuel Tank Coating (MILC27725) Application of</x:v>
       </x:c>
       <x:c r="P11" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R11" t="str">
         <x:v/>
       </x:c>
       <x:c r="S11" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
@@ -1064,75 +1064,75 @@
       </x:c>
       <x:c r="AA11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H12" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v>GSS 4310</x:v>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>Application of Primer Coating, Epoxy Polyamide</x:v>
       </x:c>
       <x:c r="P12" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R12" t="str">
         <x:v/>
       </x:c>
       <x:c r="S12" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
@@ -1159,75 +1159,75 @@
       </x:c>
       <x:c r="AA12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H13" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I13" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v>GSS 4407</x:v>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>Application of Lacquers: Acrylic</x:v>
       </x:c>
       <x:c r="P13" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R13" t="str">
         <x:v/>
       </x:c>
       <x:c r="S13" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
@@ -1254,75 +1254,75 @@
       </x:c>
       <x:c r="AA13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H14" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I14" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v>GSS 4510</x:v>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>Coating, Polyurethane, Application of</x:v>
       </x:c>
       <x:c r="P14" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R14" t="str">
         <x:v/>
       </x:c>
       <x:c r="S14" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
@@ -1349,75 +1349,75 @@
       </x:c>
       <x:c r="AA14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H15" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I15" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v>GT 23 A</x:v>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>Fluorescent Penetrant Inspection</x:v>
       </x:c>
       <x:c r="P15" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R15" t="str">
         <x:v/>
       </x:c>
       <x:c r="S15" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
@@ -1444,75 +1444,75 @@
       </x:c>
       <x:c r="AA15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H16" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="P16" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R16" t="str">
         <x:v/>
       </x:c>
       <x:c r="S16" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
@@ -1539,75 +1539,75 @@
       </x:c>
       <x:c r="AA16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G17" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H17" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v>Replaces MIL-L-46010</x:v>
       </x:c>
       <x:c r="N17" t="str">
         <x:v>MIL-PRF-46010</x:v>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>Dry Film Lube
 Superseded by AS5272 for Ty I  II only</x:v>
       </x:c>
       <x:c r="P17" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R17" t="str">
         <x:v/>
       </x:c>
       <x:c r="S17" t="str">
         <x:v>Chemical Processing</x:v>
@@ -1635,75 +1635,75 @@
       </x:c>
       <x:c r="AA17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G18" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H18" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I18" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="N18" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="P18" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R18" t="str">
         <x:v/>
       </x:c>
       <x:c r="S18" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
@@ -1730,75 +1730,75 @@
       </x:c>
       <x:c r="AA18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G19" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H19" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I19" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v>MPD 1074</x:v>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>Cleaning of Aluminum Alloy Parts</x:v>
       </x:c>
       <x:c r="P19" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R19" t="str">
         <x:v/>
       </x:c>
       <x:c r="S19" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
@@ -1825,75 +1825,75 @@
       </x:c>
       <x:c r="AA19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="G20" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="H20" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I20" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v>MPD 1103</x:v>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>Cleaning of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="P20" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R20" t="str">
         <x:v/>
       </x:c>
       <x:c r="S20" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>