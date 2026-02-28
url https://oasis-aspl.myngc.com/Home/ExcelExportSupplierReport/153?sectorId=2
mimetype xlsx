--- v1 (2025-12-21)
+++ v2 (2026-02-28)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red6c99812c004efe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc04e89193a4e4b13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re820b2ac2fb84cbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R37c4d1c3976f4ae3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re820b2ac2fb84cbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R37c4d1c3976f4ae3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -631,57 +631,57 @@
       <x:c r="H7" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="J7" t="str">
         <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v>ASTM B117</x:v>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
       </x:c>
       <x:c r="P7" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="R7" t="str">
         <x:v/>
       </x:c>
       <x:c r="S7" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Materials Testing</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v>Limits: In House Testing only</x:v>
       </x:c>
       <x:c r="U7" t="n">
         <x:v>321</x:v>
       </x:c>
       <x:c r="V7" t="n">
         <x:v>153</x:v>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>632</x:v>
       </x:c>
       <x:c r="X7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA7" t="str">
         <x:v>United States</x:v>
       </x:c>
@@ -1695,51 +1695,51 @@
       <x:c r="N18" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="P18" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R18" t="str">
         <x:v/>
       </x:c>
       <x:c r="S18" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v>Limits: Limited to Type II process with dilute chromic seal for HALE, E-2C/D and Fire Scout</x:v>
       </x:c>
       <x:c r="U18" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="V18" t="n">
         <x:v>153</x:v>
       </x:c>
       <x:c r="W18" t="n">
-        <x:v>25829</x:v>
+        <x:v>23672</x:v>
       </x:c>
       <x:c r="X18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>