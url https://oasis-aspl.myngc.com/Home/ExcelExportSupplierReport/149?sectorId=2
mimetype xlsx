--- v0 (2025-12-19)
+++ v1 (2026-02-28)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9da1339194e468f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb285a85edb94176" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R4749036b62274ae6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R98553dfaf2cc40b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4749036b62274ae6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R98553dfaf2cc40b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -345,57 +345,57 @@
       <x:c r="H4" t="str">
         <x:v>(316) 945-8906</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v/>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v>ASTM B117</x:v>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
       </x:c>
       <x:c r="P4" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Materials Testing</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="n">
         <x:v>321</x:v>
       </x:c>
       <x:c r="V4" t="n">
         <x:v>149</x:v>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>800</x:v>
       </x:c>
       <x:c r="X4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
@@ -1517,51 +1517,51 @@
       <x:c r="N16" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="P16" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R16" t="str">
         <x:v/>
       </x:c>
       <x:c r="S16" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v> Type IC only. Not approved for C-2, E-2 and EA-6B Programs  </x:v>
       </x:c>
       <x:c r="U16" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="V16" t="n">
         <x:v>149</x:v>
       </x:c>
       <x:c r="W16" t="n">
-        <x:v>25825</x:v>
+        <x:v>23668</x:v>
       </x:c>
       <x:c r="X16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>