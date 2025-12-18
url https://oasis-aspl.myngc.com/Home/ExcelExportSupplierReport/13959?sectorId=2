--- v0 (2025-10-30)
+++ v1 (2025-12-18)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R178a1f75f3f147f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b895a828d554ccd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf536413a27c442ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R93b1003eb9414fb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf536413a27c442ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R93b1003eb9414fb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">