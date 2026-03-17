--- v1 (2025-12-18)
+++ v2 (2026-03-17)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b895a828d554ccd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R194ef1f60c0245eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R93b1003eb9414fb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R13b51ee9364b46d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R93b1003eb9414fb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R13b51ee9364b46d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,66 +113,66 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>NadcapApproved</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>90067790</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>NC DYNAMICS LLC                                   </x:v>
+        <x:v>NC DYNAMICS LLC</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>3401 E 69TH ST                      </x:v>
+        <x:v>6925 DOWNEY AVENUE</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>LONG BEACH                          </x:v>
+        <x:v>LONG BEACH</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>90805                               </x:v>
+        <x:v>90805-1823</x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>562-634-7392</x:v>
+        <x:v>5626347392</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>562-634-6620</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>6/19/2017</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>LMA-PJ013</x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>Touch-up Requirements for Chemical and Organic Finishes</x:v>
       </x:c>