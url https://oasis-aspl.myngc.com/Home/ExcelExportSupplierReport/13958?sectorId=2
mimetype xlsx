--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc414545f07d4beb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec54e416a3a14f48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfac46386ff944326"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1bd4e774d7c64114"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfac46386ff944326" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1bd4e774d7c64114" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">