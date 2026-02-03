--- v1 (2025-12-19)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec54e416a3a14f48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40f8894e3b80435f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1bd4e774d7c64114"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R94d73b8bf7aa4635"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1bd4e774d7c64114" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R94d73b8bf7aa4635" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -433,79 +433,78 @@
       <x:c r="E5" t="str">
         <x:v>WA</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>98032</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>253-656-0062</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v/>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>6/15/2017</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v/>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
-        <x:v>Ultrasonic testing of plate stock does not require the use of NGAS ASPL</x:v>
+        <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="N5" t="str">
-        <x:v>AMS-STD-2154</x:v>
+        <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="O5" t="str">
-        <x:v>Inspection, Ultrasonic, Wrought Metals, Process for
-*NOTE* NGAS ASPL approval is required when testing is performed by a secondary source other than the primary mill. </x:v>
+        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="P5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
       <x:c r="S5" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="n">
-        <x:v>489</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="V5" t="n">
         <x:v>13958</x:v>
       </x:c>
       <x:c r="W5" t="n">
-        <x:v>29307</x:v>
+        <x:v>30534</x:v>
       </x:c>
       <x:c r="X5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>