--- v2 (2026-02-03)
+++ v3 (2026-03-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40f8894e3b80435f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71edf3bbd3e34e53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R94d73b8bf7aa4635"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rd92c794ed6fa4ffb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R94d73b8bf7aa4635" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd92c794ed6fa4ffb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">