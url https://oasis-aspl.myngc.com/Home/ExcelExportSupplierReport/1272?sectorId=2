--- v0 (2025-10-16)
+++ v1 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7ed2a6dfced4a9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b2f51b29c1f4122" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf8644a4d4b2948bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re56f9818664548e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf8644a4d4b2948bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re56f9818664548e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -149,82 +149,177 @@
       <x:c r="F2" t="str">
         <x:v>92570                               </x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>951-443-0911</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>951-443-0917</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
-        <x:v>GSS 5300</x:v>
+        <x:v>AMS 2770</x:v>
       </x:c>
       <x:c r="O2" t="str">
-        <x:v>Forming and Straightening of Aluminum Alloys</x:v>
+        <x:v>Heat Treatment of  Wrought Aluminum Alloy Parts</x:v>
       </x:c>
       <x:c r="P2" t="n">
-        <x:v>8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="R2" t="str">
         <x:v/>
       </x:c>
       <x:c r="S2" t="str">
-        <x:v>Miscellaneous</x:v>
+        <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="T2" t="str">
-        <x:v>Not approved for hot forming.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U2" t="n">
-        <x:v>266</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="V2" t="n">
         <x:v>1272</x:v>
       </x:c>
       <x:c r="W2" t="n">
-        <x:v>30432</x:v>
+        <x:v>30452</x:v>
       </x:c>
       <x:c r="X2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3">
+      <x:c r="A3" t="str">
+        <x:v>90053128</x:v>
+      </x:c>
+      <x:c r="B3" t="str">
+        <x:v>STRETCH FORMING CORPORATION                       </x:v>
+      </x:c>
+      <x:c r="C3" t="str">
+        <x:v>804 SOUTH REDLANDS AVE              </x:v>
+      </x:c>
+      <x:c r="D3" t="str">
+        <x:v>PERRIS                              </x:v>
+      </x:c>
+      <x:c r="E3" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="F3" t="str">
+        <x:v>92570                               </x:v>
+      </x:c>
+      <x:c r="G3" t="str">
+        <x:v>951-443-0911</x:v>
+      </x:c>
+      <x:c r="H3" t="str">
+        <x:v>951-443-0917</x:v>
+      </x:c>
+      <x:c r="I3" t="str">
+        <x:v>5/28/2015</x:v>
+      </x:c>
+      <x:c r="J3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N3" t="str">
+        <x:v>GSS 5300</x:v>
+      </x:c>
+      <x:c r="O3" t="str">
+        <x:v>Forming and Straightening of Aluminum Alloys</x:v>
+      </x:c>
+      <x:c r="P3" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="R3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S3" t="str">
+        <x:v>Miscellaneous</x:v>
+      </x:c>
+      <x:c r="T3" t="str">
+        <x:v>Not approved for hot forming.</x:v>
+      </x:c>
+      <x:c r="U3" t="n">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="V3" t="n">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="W3" t="n">
+        <x:v>30432</x:v>
+      </x:c>
+      <x:c r="X3" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y3" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z3" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA3" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB3" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC3" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD3" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE3" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>