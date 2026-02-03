--- v0 (2025-10-19)
+++ v1 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6e230a74a7a4763" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea5e8778fe134ce0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb5f190b490de43c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R627850af1ff04bc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb5f190b490de43c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R627850af1ff04bc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -155,57 +155,57 @@
       <x:c r="H2" t="str">
         <x:v/>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>6/13/2016</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v/>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>ASTM B117</x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>Standard Practice for Operating Salt Spray (Fog) Apparatus</x:v>
       </x:c>
       <x:c r="P2" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="R2" t="str">
         <x:v/>
       </x:c>
       <x:c r="S2" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Materials Testing</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v/>
       </x:c>
       <x:c r="U2" t="n">
         <x:v>321</x:v>
       </x:c>
       <x:c r="V2" t="n">
         <x:v>12080</x:v>
       </x:c>
       <x:c r="W2" t="n">
         <x:v>7150</x:v>
       </x:c>
       <x:c r="X2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="n">
         <x:v>225</x:v>
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>Canada</x:v>
       </x:c>