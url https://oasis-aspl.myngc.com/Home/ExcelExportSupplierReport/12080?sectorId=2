--- v1 (2026-02-03)
+++ v2 (2026-03-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea5e8778fe134ce0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe53dc229b234bb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R627850af1ff04bc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rbf1648e686c543f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R627850af1ff04bc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbf1648e686c543f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -244,75 +244,75 @@
       <x:c r="F3" t="str">
         <x:v>H4S 1L7</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>514-887-1782</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v/>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>6/13/2016</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v/>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
-        <x:v>MIL-DTL-5541</x:v>
+        <x:v>FP-153</x:v>
       </x:c>
       <x:c r="O3" t="str">
-        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
+        <x:v>Primer MIL-P-85582, Epoxy, Voc Compliant, Application of</x:v>
       </x:c>
       <x:c r="P3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
       <x:c r="S3" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T3" t="str">
-        <x:v>Type I only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U3" t="n">
-        <x:v>525</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="V3" t="n">
         <x:v>12080</x:v>
       </x:c>
       <x:c r="W3" t="n">
-        <x:v>25381</x:v>
+        <x:v>30612</x:v>
       </x:c>
       <x:c r="X3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="n">
         <x:v>225</x:v>
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>Canada</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -336,85 +336,275 @@
       <x:c r="E4" t="str">
         <x:v>QC</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>H4S 1L7</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>514-887-1782</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v/>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>6/13/2016</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v/>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
-        <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
+        <x:v>Inactive, however, when an approved processor is required for the superseded specification, submit a P0-F005 for process approval to Alexander Dunn with a candidate processor name.</x:v>
       </x:c>
       <x:c r="N4" t="str">
-        <x:v>MIL-PRF-8625</x:v>
+        <x:v>FP-94</x:v>
       </x:c>
       <x:c r="O4" t="str">
-        <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
+        <x:v>Application of Rust Inhibiting Primer TTP664</x:v>
       </x:c>
       <x:c r="P4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="T4" t="str">
-        <x:v>Limited to 5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings.  </x:v>
+        <x:v/>
       </x:c>
       <x:c r="U4" t="n">
-        <x:v>3942</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="V4" t="n">
         <x:v>12080</x:v>
       </x:c>
       <x:c r="W4" t="n">
-        <x:v>23683</x:v>
+        <x:v>30611</x:v>
       </x:c>
       <x:c r="X4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="n">
         <x:v>225</x:v>
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>Canada</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5">
+      <x:c r="A5" t="str">
+        <x:v>90065333</x:v>
+      </x:c>
+      <x:c r="B5" t="str">
+        <x:v>ULTRASPEC FINISHING INC</x:v>
+      </x:c>
+      <x:c r="C5" t="str">
+        <x:v>2600 DE MINIAC</x:v>
+      </x:c>
+      <x:c r="D5" t="str">
+        <x:v>MONTREAL</x:v>
+      </x:c>
+      <x:c r="E5" t="str">
+        <x:v>QC</x:v>
+      </x:c>
+      <x:c r="F5" t="str">
+        <x:v>H4S 1L7</x:v>
+      </x:c>
+      <x:c r="G5" t="str">
+        <x:v>514-887-1782</x:v>
+      </x:c>
+      <x:c r="H5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="I5" t="str">
+        <x:v>6/13/2016</x:v>
+      </x:c>
+      <x:c r="J5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N5" t="str">
+        <x:v>MIL-DTL-5541</x:v>
+      </x:c>
+      <x:c r="O5" t="str">
+        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
+      </x:c>
+      <x:c r="P5" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="R5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S5" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="T5" t="str">
+        <x:v>Type I only</x:v>
+      </x:c>
+      <x:c r="U5" t="n">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="V5" t="n">
+        <x:v>12080</x:v>
+      </x:c>
+      <x:c r="W5" t="n">
+        <x:v>25381</x:v>
+      </x:c>
+      <x:c r="X5" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y5" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z5" t="n">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="AA5" t="str">
+        <x:v>Canada</x:v>
+      </x:c>
+      <x:c r="AB5" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="AC5" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD5" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE5" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF5" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6">
+      <x:c r="A6" t="str">
+        <x:v>90065333</x:v>
+      </x:c>
+      <x:c r="B6" t="str">
+        <x:v>ULTRASPEC FINISHING INC</x:v>
+      </x:c>
+      <x:c r="C6" t="str">
+        <x:v>2600 DE MINIAC</x:v>
+      </x:c>
+      <x:c r="D6" t="str">
+        <x:v>MONTREAL</x:v>
+      </x:c>
+      <x:c r="E6" t="str">
+        <x:v>QC</x:v>
+      </x:c>
+      <x:c r="F6" t="str">
+        <x:v>H4S 1L7</x:v>
+      </x:c>
+      <x:c r="G6" t="str">
+        <x:v>514-887-1782</x:v>
+      </x:c>
+      <x:c r="H6" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="I6" t="str">
+        <x:v>6/13/2016</x:v>
+      </x:c>
+      <x:c r="J6" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="K6" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L6" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M6" t="str">
+        <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
+      </x:c>
+      <x:c r="N6" t="str">
+        <x:v>MIL-PRF-8625</x:v>
+      </x:c>
+      <x:c r="O6" t="str">
+        <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
+      </x:c>
+      <x:c r="P6" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="R6" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S6" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="T6" t="str">
+        <x:v>Limited to 5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings.  </x:v>
+      </x:c>
+      <x:c r="U6" t="n">
+        <x:v>3942</x:v>
+      </x:c>
+      <x:c r="V6" t="n">
+        <x:v>12080</x:v>
+      </x:c>
+      <x:c r="W6" t="n">
+        <x:v>23683</x:v>
+      </x:c>
+      <x:c r="X6" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y6" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z6" t="n">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="AA6" t="str">
+        <x:v>Canada</x:v>
+      </x:c>
+      <x:c r="AB6" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="AC6" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE6" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>