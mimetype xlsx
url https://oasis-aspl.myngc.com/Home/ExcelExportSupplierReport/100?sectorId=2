--- v0 (2025-11-08)
+++ v1 (2026-01-29)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d1215d72ee74390" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b703462fed44eee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rd2198de53b3e4d68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra70fcc01acf64a2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd2198de53b3e4d68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra70fcc01acf64a2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -137,474 +137,474 @@
       <x:c r="B2" t="str">
         <x:v>PAC FOUNDRIES</x:v>
       </x:c>
       <x:c r="C2" t="str">
         <x:v>705 INDUSTRIAL WAY</x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v>PORT HUENEME</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>93041-3505</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>8054886451</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>805-488-4129</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>4/6/2006</x:v>
       </x:c>
       <x:c r="J2" t="str">
-        <x:v/>
+        <x:v>60601</x:v>
       </x:c>
       <x:c r="K2" t="str">
-        <x:v/>
+        <x:v>009663998</x:v>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>AMS 2694</x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>Repair Welding of Castings</x:v>
       </x:c>
       <x:c r="P2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R2" t="str">
         <x:v/>
       </x:c>
       <x:c r="S2" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v/>
       </x:c>
       <x:c r="U2" t="n">
         <x:v>477</x:v>
       </x:c>
       <x:c r="V2" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="W2" t="n">
         <x:v>30369</x:v>
       </x:c>
       <x:c r="X2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
-        <x:v>True</x:v>
+        <x:v>False</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>90049293</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>PAC FOUNDRIES</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>705 INDUSTRIAL WAY</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v>PORT HUENEME</x:v>
       </x:c>
       <x:c r="E3" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>93041-3505</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>8054886451</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>805-488-4129</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>4/6/2006</x:v>
       </x:c>
       <x:c r="J3" t="str">
-        <x:v/>
+        <x:v>60601</x:v>
       </x:c>
       <x:c r="K3" t="str">
-        <x:v/>
+        <x:v>009663998</x:v>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v>AMS-H-6875 supersedes Mil-H-6875.</x:v>
       </x:c>
       <x:c r="N3" t="str">
         <x:v>AMS-H-6875</x:v>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="P3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
       <x:c r="S3" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="n">
         <x:v>253</x:v>
       </x:c>
       <x:c r="V3" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="W3" t="n">
         <x:v>30365</x:v>
       </x:c>
       <x:c r="X3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
-        <x:v>True</x:v>
+        <x:v>False</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>90049293</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>PAC FOUNDRIES</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>705 INDUSTRIAL WAY</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v>PORT HUENEME</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>93041-3505</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>8054886451</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>805-488-4129</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>4/6/2006</x:v>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v/>
+        <x:v>60601</x:v>
       </x:c>
       <x:c r="K4" t="str">
-        <x:v/>
+        <x:v>009663998</x:v>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="N4" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="P4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="V4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>30366</x:v>
       </x:c>
       <x:c r="X4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC4" t="str">
-        <x:v>True</x:v>
+        <x:v>False</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v>90049293</x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>PAC FOUNDRIES</x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>705 INDUSTRIAL WAY</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v>PORT HUENEME</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>93041-3505</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>8054886451</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>805-488-4129</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>4/6/2006</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v/>
+        <x:v>60601</x:v>
       </x:c>
       <x:c r="K5" t="str">
-        <x:v/>
+        <x:v>009663998</x:v>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="P5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
       <x:c r="S5" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="V5" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>30367</x:v>
       </x:c>
       <x:c r="X5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC5" t="str">
-        <x:v>True</x:v>
+        <x:v>False</x:v>
       </x:c>
       <x:c r="AD5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str">
         <x:v>90049293</x:v>
       </x:c>
       <x:c r="B6" t="str">
         <x:v>PAC FOUNDRIES</x:v>
       </x:c>
       <x:c r="C6" t="str">
         <x:v>705 INDUSTRIAL WAY</x:v>
       </x:c>
       <x:c r="D6" t="str">
         <x:v>PORT HUENEME</x:v>
       </x:c>
       <x:c r="E6" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>93041-3505</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>8054886451</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>805-488-4129</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>4/6/2006</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v/>
+        <x:v>60601</x:v>
       </x:c>
       <x:c r="K6" t="str">
-        <x:v/>
+        <x:v>009663998</x:v>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="P6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="R6" t="str">
         <x:v/>
       </x:c>
       <x:c r="S6" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v>Limited to GTAW. Procedure, PWI 1002, Appendix F, is approved for visual weld inspector certification.</x:v>
       </x:c>
       <x:c r="U6" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="V6" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>30368</x:v>
       </x:c>
       <x:c r="X6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC6" t="str">
-        <x:v>True</x:v>
+        <x:v>False</x:v>
       </x:c>
       <x:c r="AD6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>