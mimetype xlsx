--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b703462fed44eee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf9ffe92ad24a58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra70fcc01acf64a2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R69ea7743dcf847ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra70fcc01acf64a2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69ea7743dcf847ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -191,420 +191,705 @@
       <x:c r="U2" t="n">
         <x:v>477</x:v>
       </x:c>
       <x:c r="V2" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="W2" t="n">
         <x:v>30369</x:v>
       </x:c>
       <x:c r="X2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC2" t="str">
-        <x:v>False</x:v>
+        <x:v>True</x:v>
       </x:c>
       <x:c r="AD2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>90049293</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>PAC FOUNDRIES</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>705 INDUSTRIAL WAY</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v>PORT HUENEME</x:v>
       </x:c>
       <x:c r="E3" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>93041-3505</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>8054886451</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>805-488-4129</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>4/6/2006</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v>60601</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v>009663998</x:v>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
-        <x:v>AMS-H-6875 supersedes Mil-H-6875.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="N3" t="str">
-        <x:v>AMS-H-6875</x:v>
+        <x:v>AMS 2771</x:v>
       </x:c>
       <x:c r="O3" t="str">
-        <x:v>Heat Treatment of Steel Raw Materials</x:v>
+        <x:v>Heat Treatment of Aluminum Alloy Castings</x:v>
       </x:c>
       <x:c r="P3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="R3" t="str">
         <x:v/>
       </x:c>
       <x:c r="S3" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="n">
-        <x:v>253</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="V3" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="W3" t="n">
-        <x:v>30365</x:v>
+        <x:v>30609</x:v>
       </x:c>
       <x:c r="X3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC3" t="str">
-        <x:v>False</x:v>
+        <x:v>True</x:v>
       </x:c>
       <x:c r="AD3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>90049293</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>PAC FOUNDRIES</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>705 INDUSTRIAL WAY</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v>PORT HUENEME</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>93041-3505</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>8054886451</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>805-488-4129</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>4/6/2006</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v>60601</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v>009663998</x:v>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
-        <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
+        <x:v>AMS-H-6875 supersedes Mil-H-6875.</x:v>
       </x:c>
       <x:c r="N4" t="str">
-        <x:v>ASTM E1444</x:v>
+        <x:v>AMS-H-6875</x:v>
       </x:c>
       <x:c r="O4" t="str">
-        <x:v>Standard Practice for Magnetic Particle Testing</x:v>
+        <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="P4" t="n">
-        <x:v>7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="R4" t="str">
         <x:v/>
       </x:c>
       <x:c r="S4" t="str">
-        <x:v>Non-Destructive Testing</x:v>
+        <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="n">
-        <x:v>323</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="V4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="W4" t="n">
-        <x:v>30366</x:v>
+        <x:v>30365</x:v>
       </x:c>
       <x:c r="X4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC4" t="str">
-        <x:v>False</x:v>
+        <x:v>True</x:v>
       </x:c>
       <x:c r="AD4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v>90049293</x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>PAC FOUNDRIES</x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>705 INDUSTRIAL WAY</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v>PORT HUENEME</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>93041-3505</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>8054886451</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>805-488-4129</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>4/6/2006</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v>60601</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v>009663998</x:v>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
-        <x:v/>
+        <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="N5" t="str">
-        <x:v>ASTM E1742</x:v>
+        <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="O5" t="str">
-        <x:v>Standard Practice for Radiographic Examination</x:v>
+        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="P5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="R5" t="str">
         <x:v/>
       </x:c>
       <x:c r="S5" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="n">
-        <x:v>429</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="V5" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="W5" t="n">
-        <x:v>30367</x:v>
+        <x:v>30608</x:v>
       </x:c>
       <x:c r="X5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC5" t="str">
-        <x:v>False</x:v>
+        <x:v>True</x:v>
       </x:c>
       <x:c r="AD5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str">
         <x:v>90049293</x:v>
       </x:c>
       <x:c r="B6" t="str">
         <x:v>PAC FOUNDRIES</x:v>
       </x:c>
       <x:c r="C6" t="str">
         <x:v>705 INDUSTRIAL WAY</x:v>
       </x:c>
       <x:c r="D6" t="str">
         <x:v>PORT HUENEME</x:v>
       </x:c>
       <x:c r="E6" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>93041-3505</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>8054886451</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>805-488-4129</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>4/6/2006</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v>60601</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v>009663998</x:v>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
-        <x:v/>
+        <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="N6" t="str">
-        <x:v>AWS D17.1</x:v>
+        <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="O6" t="str">
-        <x:v>Fusion Welding for Aerospace Applications</x:v>
+        <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="P6" t="n">
-        <x:v>2</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R6" t="str">
         <x:v/>
       </x:c>
       <x:c r="S6" t="str">
-        <x:v>Welding</x:v>
+        <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="T6" t="str">
-        <x:v>Limited to GTAW. Procedure, PWI 1002, Appendix F, is approved for visual weld inspector certification.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="U6" t="n">
-        <x:v>449</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="V6" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="W6" t="n">
-        <x:v>30368</x:v>
+        <x:v>30366</x:v>
       </x:c>
       <x:c r="X6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AA6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AC6" t="str">
-        <x:v>False</x:v>
+        <x:v>True</x:v>
       </x:c>
       <x:c r="AD6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7">
+      <x:c r="A7" t="str">
+        <x:v>90049293</x:v>
+      </x:c>
+      <x:c r="B7" t="str">
+        <x:v>PAC FOUNDRIES</x:v>
+      </x:c>
+      <x:c r="C7" t="str">
+        <x:v>705 INDUSTRIAL WAY</x:v>
+      </x:c>
+      <x:c r="D7" t="str">
+        <x:v>PORT HUENEME</x:v>
+      </x:c>
+      <x:c r="E7" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F7" t="str">
+        <x:v>93041-3505</x:v>
+      </x:c>
+      <x:c r="G7" t="str">
+        <x:v>8054886451</x:v>
+      </x:c>
+      <x:c r="H7" t="str">
+        <x:v>805-488-4129</x:v>
+      </x:c>
+      <x:c r="I7" t="str">
+        <x:v>4/6/2006</x:v>
+      </x:c>
+      <x:c r="J7" t="str">
+        <x:v>60601</x:v>
+      </x:c>
+      <x:c r="K7" t="str">
+        <x:v>009663998</x:v>
+      </x:c>
+      <x:c r="L7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N7" t="str">
+        <x:v>ASTM E1742</x:v>
+      </x:c>
+      <x:c r="O7" t="str">
+        <x:v>Standard Practice for Radiographic Examination</x:v>
+      </x:c>
+      <x:c r="P7" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="R7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S7" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="T7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U7" t="n">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="V7" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="W7" t="n">
+        <x:v>30367</x:v>
+      </x:c>
+      <x:c r="X7" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y7" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z7" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA7" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB7" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC7" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD7" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE7" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF7" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8">
+      <x:c r="A8" t="str">
+        <x:v>90049293</x:v>
+      </x:c>
+      <x:c r="B8" t="str">
+        <x:v>PAC FOUNDRIES</x:v>
+      </x:c>
+      <x:c r="C8" t="str">
+        <x:v>705 INDUSTRIAL WAY</x:v>
+      </x:c>
+      <x:c r="D8" t="str">
+        <x:v>PORT HUENEME</x:v>
+      </x:c>
+      <x:c r="E8" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F8" t="str">
+        <x:v>93041-3505</x:v>
+      </x:c>
+      <x:c r="G8" t="str">
+        <x:v>8054886451</x:v>
+      </x:c>
+      <x:c r="H8" t="str">
+        <x:v>805-488-4129</x:v>
+      </x:c>
+      <x:c r="I8" t="str">
+        <x:v>4/6/2006</x:v>
+      </x:c>
+      <x:c r="J8" t="str">
+        <x:v>60601</x:v>
+      </x:c>
+      <x:c r="K8" t="str">
+        <x:v>009663998</x:v>
+      </x:c>
+      <x:c r="L8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N8" t="str">
+        <x:v>AWS D17.1</x:v>
+      </x:c>
+      <x:c r="O8" t="str">
+        <x:v>Fusion Welding for Aerospace Applications</x:v>
+      </x:c>
+      <x:c r="P8" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="R8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S8" t="str">
+        <x:v>Welding</x:v>
+      </x:c>
+      <x:c r="T8" t="str">
+        <x:v>Limited to GTAW. Procedure, PWI 1002, Appendix F, is approved for visual weld inspector certification.</x:v>
+      </x:c>
+      <x:c r="U8" t="n">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="V8" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="W8" t="n">
+        <x:v>30368</x:v>
+      </x:c>
+      <x:c r="X8" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y8" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z8" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA8" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB8" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC8" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD8" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE8" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF8" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9">
+      <x:c r="A9" t="str">
+        <x:v>90049293</x:v>
+      </x:c>
+      <x:c r="B9" t="str">
+        <x:v>PAC FOUNDRIES</x:v>
+      </x:c>
+      <x:c r="C9" t="str">
+        <x:v>705 INDUSTRIAL WAY</x:v>
+      </x:c>
+      <x:c r="D9" t="str">
+        <x:v>PORT HUENEME</x:v>
+      </x:c>
+      <x:c r="E9" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="F9" t="str">
+        <x:v>93041-3505</x:v>
+      </x:c>
+      <x:c r="G9" t="str">
+        <x:v>8054886451</x:v>
+      </x:c>
+      <x:c r="H9" t="str">
+        <x:v>805-488-4129</x:v>
+      </x:c>
+      <x:c r="I9" t="str">
+        <x:v>4/6/2006</x:v>
+      </x:c>
+      <x:c r="J9" t="str">
+        <x:v>60601</x:v>
+      </x:c>
+      <x:c r="K9" t="str">
+        <x:v>009663998</x:v>
+      </x:c>
+      <x:c r="L9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N9" t="str">
+        <x:v>IT-55</x:v>
+      </x:c>
+      <x:c r="O9" t="str">
+        <x:v>Nondestructive Testing of Nonpremium Quality Castings</x:v>
+      </x:c>
+      <x:c r="P9" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="R9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="S9" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="T9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U9" t="n">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="V9" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="W9" t="n">
+        <x:v>30607</x:v>
+      </x:c>
+      <x:c r="X9" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Y9" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z9" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AA9" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AB9" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AC9" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AD9" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AE9" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>