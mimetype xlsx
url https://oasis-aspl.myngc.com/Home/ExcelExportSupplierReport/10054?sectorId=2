--- v0 (2025-10-19)
+++ v1 (2025-12-13)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80a91847d8cb4fbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f1bbc6f4f364d64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R85e00c9c33a2427a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf807a321ef244559"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R85e00c9c33a2427a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf807a321ef244559" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">