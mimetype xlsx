--- v1 (2025-12-13)
+++ v2 (2026-02-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f1bbc6f4f364d64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c92f623b163463d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf807a321ef244559"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb1ffd9def1514ee7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf807a321ef244559" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb1ffd9def1514ee7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Zip</x:v>
       </x:c>
       <x:c r="G1" t="str">