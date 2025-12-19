--- v0 (2025-11-02)
+++ v1 (2025-12-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a4c23762c31454c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708e41abc9d845bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra0aaae310bb042a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R752e7af740694d67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra0aaae310bb042a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R752e7af740694d67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">