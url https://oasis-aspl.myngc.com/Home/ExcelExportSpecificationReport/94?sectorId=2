--- v1 (2025-12-19)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708e41abc9d845bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re31db777510649f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R752e7af740694d67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R532fca060fef420e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R752e7af740694d67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R532fca060fef420e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -315,63 +315,63 @@
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v/>
       </x:c>
       <x:c r="J4" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>FP-87</x:v>
       </x:c>