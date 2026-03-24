--- v2 (2026-02-03)
+++ v3 (2026-03-24)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re31db777510649f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21f6e78566e64461" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R532fca060fef420e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rbe25028ac5c14d0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R532fca060fef420e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbe25028ac5c14d0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">