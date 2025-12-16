--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R103661fca8db44ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R596a91403d4a45b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R97a72f0c2b264b63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb040c492cc4d4d5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R97a72f0c2b264b63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb040c492cc4d4d5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1493,75 +1493,75 @@
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B16" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H16" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J16" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K16" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>FP-153</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Primer MIL-P-85582, Epoxy, Voc Compliant, Application of</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>