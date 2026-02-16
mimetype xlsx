--- v1 (2025-12-16)
+++ v2 (2026-02-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R596a91403d4a45b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0df034e8455746b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb040c492cc4d4d5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfa69d9e3bb9749a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb040c492cc4d4d5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa69d9e3bb9749a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -707,63 +707,63 @@
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B8" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F8" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v/>
       </x:c>
       <x:c r="J8" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>FP-153</x:v>
       </x:c>