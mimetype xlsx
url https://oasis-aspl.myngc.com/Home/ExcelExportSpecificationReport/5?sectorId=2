--- v0 (2025-11-03)
+++ v1 (2026-02-01)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cac778fe53d4115" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80d29f343c4641aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1db4be12e3f1484c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Radb9e114b48447c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1db4be12e3f1484c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Radb9e114b48447c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">