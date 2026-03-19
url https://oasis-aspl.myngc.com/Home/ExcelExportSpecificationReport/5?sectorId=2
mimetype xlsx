--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80d29f343c4641aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99d9bbab637d485d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Radb9e114b48447c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R10735cf372704543"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Radb9e114b48447c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R10735cf372704543" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -415,75 +415,75 @@
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>90043905</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>MISTRAS GROUP                                     </x:v>
+        <x:v>MISTRAS GROUP</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>8427 ATLANTIC AVE                   </x:v>
+        <x:v>8427 ATLANTIC AVE</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>CUDAHY                              </x:v>
+        <x:v>CUDAHY</x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>90201                               </x:v>
+        <x:v>90201</x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>323-583-1653</x:v>
+        <x:v>3235607343</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v/>
+        <x:v>323-560-6587</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K5" t="str">
-        <x:v/>
+        <x:v>24771</x:v>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>ASTM B594</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Ultrasonic Inspection of Aluminum-Alloy Wrought Products.    *NOTE* NGAS ASPL approval is required when testing is performed by a secondary source other than the primary mill. </x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>